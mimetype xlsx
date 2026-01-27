--- v0 (2025-11-27)
+++ v1 (2026-01-27)
@@ -2321,51 +2321,51 @@
       </c>
       <c r="P25" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>142</v>
       </c>
       <c r="B26" t="s">
         <v>143</v>
       </c>
       <c r="C26" t="s">
         <v>98</v>
       </c>
       <c r="D26" t="s">
         <v>144</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>68</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26">
         <v>2024</v>
       </c>
       <c r="J26" t="s">
         <v>145</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>146</v>
       </c>
       <c r="M26" t="s">
         <v>101</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>147</v>
       </c>