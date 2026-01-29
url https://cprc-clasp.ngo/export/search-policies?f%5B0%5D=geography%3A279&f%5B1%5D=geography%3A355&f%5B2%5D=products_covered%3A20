--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -975,51 +975,51 @@
       </c>
       <c r="P7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>60</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>61</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>62</v>
       </c>
       <c r="M8" t="s">
         <v>50</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>63</v>
       </c>