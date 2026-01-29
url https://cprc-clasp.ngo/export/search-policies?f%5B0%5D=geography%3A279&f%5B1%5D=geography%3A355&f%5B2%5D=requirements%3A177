--- v0 (2025-11-28)
+++ v1 (2026-01-29)
@@ -1849,51 +1849,51 @@
       </c>
       <c r="P17" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>103</v>
       </c>
       <c r="B18" t="s">
         <v>104</v>
       </c>
       <c r="C18" t="s">
         <v>92</v>
       </c>
       <c r="D18" t="s">
         <v>105</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>62</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18">
         <v>2024</v>
       </c>
       <c r="J18" t="s">
         <v>106</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>107</v>
       </c>
       <c r="M18" t="s">
         <v>95</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
         <v>108</v>
       </c>