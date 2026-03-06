--- v0 (2025-10-14)
+++ v1 (2026-03-06)
@@ -12,203 +12,225 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,319 +494,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2012</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>1998</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>1990</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
         <v>29</v>
-      </c>
-[...102 lines deleted...]
-        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>