--- v0 (2025-11-06)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,103 +116,106 @@
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
     <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -668,170 +671,170 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>1989</v>
       </c>
       <c r="I3">
         <v>2009</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1989</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>40</v>
       </c>
       <c r="M4" t="s">
         <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>42</v>
       </c>
       <c r="P4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>48</v>
       </c>
       <c r="F5" t="s">
         <v>49</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">