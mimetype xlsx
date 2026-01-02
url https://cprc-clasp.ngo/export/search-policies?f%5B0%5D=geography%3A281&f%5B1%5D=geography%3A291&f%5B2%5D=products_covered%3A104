--- v0 (2025-11-13)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -145,50 +145,53 @@
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
     <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
@@ -626,53 +629,51 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
@@ -715,120 +716,120 @@
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">