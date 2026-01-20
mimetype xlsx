--- v0 (2025-11-26)
+++ v1 (2026-01-20)
@@ -62,453 +62,453 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
-[...374 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29295; GB/T 29296</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>GB/T 17263-2013 GB 19044-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
+  </si>
+  <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
+    <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>GB 17896-2012; GB/T 15144-2009</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
+  </si>
+  <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
+  </si>
+  <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
+    <t>GB/T 10682-2010 GB 19043-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
+    <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
+  </si>
+  <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
+    <t>CQC 3129-2013, GB 17625.1-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
+  </si>
+  <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
+    <t>GB/T 24908-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
+  </si>
+  <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
+    <t>GB 29142-2012 GB 17625.1-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
+    <t>CQC 3148-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
+  </si>
+  <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
+    <t>GB 38450-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
+  </si>
+  <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>GB 17263</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
+    <t>GB/T 17262</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
+  </si>
+  <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
+    <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
+  </si>
+  <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
+    <t>QB/T 2938; GB 29142</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
+  </si>
+  <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>GB/T 21091; GB 21554</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
+  </si>
+  <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
+  </si>
+  <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
+    <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
+  </si>
+  <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
@@ -944,1196 +944,1194 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
         <v>56</v>
       </c>
-      <c r="B7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>44</v>
+      </c>
+      <c r="M7" t="s">
         <v>58</v>
       </c>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="E8" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
       <c r="J9" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="M10" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E11" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H11">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I11">
         <v>2014</v>
       </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="M11" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G12" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="E13" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
         <v>2014</v>
       </c>
-      <c r="I13">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="M13" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="P13" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C14" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="F14" t="s">
-        <v>94</v>
+        <v>56</v>
       </c>
       <c r="G14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H14">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="I14">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J14" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
       <c r="M14" t="s">
-        <v>96</v>
+        <v>58</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2003</v>
+        <v>2022</v>
       </c>
       <c r="I15">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>53</v>
+        <v>103</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>26</v>
+        <v>104</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G16" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2003</v>
       </c>
       <c r="I16">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B17" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F17" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G17" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2003</v>
       </c>
       <c r="I17">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M17" t="s">
-        <v>113</v>
+        <v>38</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G18" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2003</v>
       </c>
       <c r="I18">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="P18" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B19" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>123</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G19" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2003</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="P19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G20" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20">
         <v>2013</v>
       </c>
-      <c r="I20">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="M20" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="P20" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B21" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G21" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G22" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I22">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>58</v>
+        <v>142</v>
       </c>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="P22" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B23" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="G23" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="I23">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
       <c r="M23" t="s">
-        <v>146</v>
+        <v>38</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>147</v>
       </c>
       <c r="P23" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>149</v>
       </c>
       <c r="B24" t="s">
         <v>150</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>151</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>152</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>146</v>
+        <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>153</v>
       </c>
       <c r="P24" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>155</v>
       </c>
       <c r="B25" t="s">
         <v>156</v>
       </c>
       <c r="C25" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25">
         <v>2016</v>
       </c>
       <c r="J25" t="s">
         <v>152</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>157</v>
       </c>
       <c r="M25" t="s">
-        <v>146</v>
+        <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>158</v>
       </c>
       <c r="P25" t="s">
         <v>159</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>