--- v0 (2025-10-10)
+++ v1 (2025-12-18)
@@ -12,353 +12,456 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal Pumps for Fresh Water</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification Rules for centrifugal pumps for fresh water. It applies to clean water centrifugal pump units powered by 690 V or below voltage, 50 Hz three-phase AC power supply, and three-phase AC motor-driven centrifugal pump units. The rated power of the motor is in the range of 0.75 kW to 375 kW.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JB/T 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pumps-fresh-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -622,837 +725,942 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="403.33" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>52</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>35</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>87</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2005</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>94</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>86</v>
+      </c>
+      <c r="F14" t="s">
+        <v>87</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>94</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>87</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>2005</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>94</v>
+      </c>
+      <c r="N15" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F16" t="s">
+        <v>87</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>94</v>
+      </c>
+      <c r="N16" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F17" t="s">
+        <v>87</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>94</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...630 lines deleted...]
-        <v>87</v>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>