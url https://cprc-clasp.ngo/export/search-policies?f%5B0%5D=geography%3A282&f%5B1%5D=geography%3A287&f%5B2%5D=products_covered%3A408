--- v0 (2025-11-27)
+++ v1 (2026-01-29)
@@ -12,383 +12,386 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>CEL - High Pressure Sodium Lamps</t>
-[...248 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL- LED products for indoor lighting: LED downlights</t>
+  </si>
+  <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29293; GB/T 29294</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
+  </si>
+  <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3128-2013 GB 17625.1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
+  </si>
+  <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
+    <t>CQC3155-2016; GB/T 18595-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
+  </si>
+  <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
+    <t>GB 30255-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
+  </si>
+  <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -706,51 +709,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -791,755 +794,753 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
         <v>55</v>
       </c>
-      <c r="C7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="M8" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G9" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H9">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M9" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H11">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M11" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="F12" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
       <c r="G12" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H12">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="M12" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2005</v>
+      </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M13" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="P13" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B14" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="G14" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
       <c r="H14">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="M14" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="P14" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H15">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2025</v>
+      </c>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="M15" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="P15" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C16" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="G16" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H16">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="M16" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">