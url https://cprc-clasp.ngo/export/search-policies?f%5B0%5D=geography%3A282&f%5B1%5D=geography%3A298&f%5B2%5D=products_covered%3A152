--- v0 (2025-11-28)
+++ v1 (2026-01-29)
@@ -341,68 +341,68 @@
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
     <t>This policy covers cage three-phase high voltage induction motors.</t>
   </si>
   <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>