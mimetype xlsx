--- v0 (2025-11-15)
+++ v1 (2026-01-21)
@@ -194,69 +194,69 @@
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
     <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -972,51 +972,51 @@
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>60</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>62</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>64</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>65</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>66</v>
       </c>
       <c r="P8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>68</v>