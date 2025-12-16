--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -12,269 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,581 +596,650 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="402.188" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2005</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="J9" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>54</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...12 lines deleted...]
-        <v>29</v>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...43 lines deleted...]
-      <c r="F5" t="s">
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...18 lines deleted...]
-      <c r="N5" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
         <v>38</v>
-      </c>
-[...195 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H10">
         <v>2008</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>46</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="J10" t="s">
-[...5 lines deleted...]
-      <c r="L10" t="s">
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>72</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L11" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="N11" t="s">
-        <v>59</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>