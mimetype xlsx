--- v0 (2025-11-13)
+++ v1 (2026-01-21)
@@ -152,91 +152,91 @@
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
   </si>
   <si>
-    <t>May 2021</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
   </si>
   <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
@@ -867,60 +867,60 @@
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H5">
         <v>2010</v>
       </c>
       <c r="I5">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>53</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>54</v>
       </c>
       <c r="P5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">