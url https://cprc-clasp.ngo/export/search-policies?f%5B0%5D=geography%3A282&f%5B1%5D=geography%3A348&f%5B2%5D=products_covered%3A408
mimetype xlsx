--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -267,50 +267,53 @@
     <t>Apply to LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
   </si>
   <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
@@ -691,51 +694,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1307,220 +1310,220 @@
       </c>
       <c r="P12" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>84</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>81</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="H13">
         <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>32</v>
       </c>
       <c r="M13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>81</v>
       </c>
       <c r="G14" t="s">
         <v>8</v>
       </c>
       <c r="H14">
         <v>1989</v>
       </c>
       <c r="I14">
         <v>2025</v>
       </c>
       <c r="J14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>81</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>32</v>
       </c>
       <c r="M15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">