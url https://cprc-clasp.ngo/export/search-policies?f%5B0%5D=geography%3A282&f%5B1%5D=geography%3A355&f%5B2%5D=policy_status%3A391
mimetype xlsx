--- v0 (2025-11-29)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="820">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="835">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1859,114 +1859,117 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -2456,84 +2459,144 @@
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...4 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
   <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
@@ -2873,51 +2936,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P146"/>
+  <dimension ref="A1:P148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -8211,89 +8274,89 @@
       </c>
       <c r="P106" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>607</v>
       </c>
       <c r="B107" t="s">
         <v>608</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
         <v>398</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>520</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>609</v>
       </c>
       <c r="H107">
         <v>2007</v>
       </c>
       <c r="I107">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J107" t="s">
         <v>69</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
         <v>399</v>
       </c>
       <c r="M107" t="s">
         <v>49</v>
       </c>
       <c r="N107" t="s">
         <v>96</v>
       </c>
       <c r="O107" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P107" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B108" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C108" t="s">
-        <v>613</v>
+        <v>18</v>
       </c>
       <c r="D108" t="s">
         <v>614</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>520</v>
       </c>
       <c r="G108" t="s">
         <v>8</v>
       </c>
       <c r="H108">
         <v>2007</v>
       </c>
       <c r="I108">
         <v>2025</v>
       </c>
       <c r="J108" t="s">
         <v>615</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
@@ -8399,1840 +8462,1938 @@
       </c>
       <c r="L110" t="s">
         <v>624</v>
       </c>
       <c r="M110" t="s">
         <v>528</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
         <v>625</v>
       </c>
       <c r="P110" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>627</v>
       </c>
       <c r="B111" t="s">
         <v>628</v>
       </c>
       <c r="C111" t="s">
-        <v>613</v>
+        <v>629</v>
       </c>
       <c r="D111" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>520</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2008</v>
       </c>
       <c r="I111">
         <v>2024</v>
       </c>
       <c r="J111" t="s">
         <v>538</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M111" t="s">
         <v>540</v>
       </c>
       <c r="N111" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="O111" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P111" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B112" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>520</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2008</v>
       </c>
       <c r="I112">
         <v>2008</v>
       </c>
       <c r="J112" t="s">
         <v>69</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M112" t="s">
         <v>49</v>
       </c>
       <c r="N112" t="s">
         <v>96</v>
       </c>
       <c r="O112" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="P112" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
         <v>117</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>520</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2008</v>
       </c>
       <c r="I113">
         <v>2011</v>
       </c>
       <c r="J113" t="s">
         <v>69</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M113" t="s">
         <v>49</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="P113" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B114" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>324</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>520</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2008</v>
       </c>
       <c r="I114">
         <v>2016</v>
       </c>
       <c r="J114" t="s">
         <v>69</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M114" t="s">
         <v>49</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P114" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B115" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>161</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>520</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2010</v>
       </c>
       <c r="I115">
         <v>2015</v>
       </c>
       <c r="J115" t="s">
         <v>69</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
         <v>162</v>
       </c>
       <c r="M115" t="s">
         <v>49</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P115" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B116" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>32</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>520</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>1989</v>
       </c>
       <c r="I116">
         <v>2016</v>
       </c>
       <c r="J116" t="s">
         <v>69</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
         <v>33</v>
       </c>
       <c r="M116" t="s">
         <v>49</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="P116" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B117" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>520</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2010</v>
       </c>
       <c r="I117">
         <v>2021</v>
       </c>
       <c r="J117" t="s">
         <v>23</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="M117" t="s">
         <v>528</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="P117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B118" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>520</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2011</v>
       </c>
       <c r="I118">
         <v>2020</v>
       </c>
       <c r="J118" t="s">
         <v>69</v>
       </c>
       <c r="K118" t="s">
         <v>450</v>
       </c>
       <c r="L118" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M118" t="s">
         <v>599</v>
       </c>
       <c r="N118" t="s">
         <v>452</v>
       </c>
       <c r="O118" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="P118" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B119" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>520</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2010</v>
       </c>
       <c r="I119">
         <v>2017</v>
       </c>
       <c r="J119" t="s">
         <v>69</v>
       </c>
       <c r="K119" t="s">
         <v>450</v>
       </c>
       <c r="L119" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="M119" t="s">
         <v>599</v>
       </c>
       <c r="N119" t="s">
         <v>452</v>
       </c>
       <c r="O119" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="P119" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B120" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>520</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2011</v>
       </c>
       <c r="I120">
         <v>2016</v>
       </c>
       <c r="J120" t="s">
         <v>69</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="M120" t="s">
         <v>49</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="P120" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B121" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
         <v>131</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>520</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2011</v>
       </c>
       <c r="I121">
         <v>2012</v>
       </c>
       <c r="J121" t="s">
         <v>69</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
         <v>132</v>
       </c>
       <c r="M121" t="s">
         <v>49</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="P121" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B122" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>131</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>520</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2011</v>
       </c>
       <c r="I122">
         <v>2017</v>
       </c>
       <c r="J122" t="s">
         <v>69</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="M122" t="s">
         <v>49</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="P122" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B123" t="s">
         <v>116</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
         <v>117</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>520</v>
       </c>
       <c r="G123" t="s">
         <v>526</v>
       </c>
       <c r="H123">
         <v>2011</v>
       </c>
       <c r="I123">
         <v>2012</v>
       </c>
       <c r="J123" t="s">
         <v>538</v>
       </c>
       <c r="K123" t="s">
         <v>119</v>
       </c>
       <c r="L123" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="M123" t="s">
         <v>49</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="P123" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B124" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>520</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2012</v>
       </c>
       <c r="I124">
         <v>2020</v>
       </c>
       <c r="J124" t="s">
         <v>69</v>
       </c>
       <c r="K124" t="s">
         <v>450</v>
       </c>
       <c r="L124" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M124" t="s">
         <v>599</v>
       </c>
       <c r="N124" t="s">
         <v>452</v>
       </c>
       <c r="O124" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P124" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B125" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>520</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2013</v>
       </c>
       <c r="I125">
         <v>2020</v>
       </c>
       <c r="J125" t="s">
         <v>69</v>
       </c>
       <c r="K125" t="s">
         <v>450</v>
       </c>
       <c r="L125" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M125" t="s">
         <v>599</v>
       </c>
       <c r="N125" t="s">
         <v>452</v>
       </c>
       <c r="O125" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="P125" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B126" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>125</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>520</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
       <c r="I126">
         <v>2016</v>
       </c>
       <c r="J126" t="s">
         <v>69</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="M126" t="s">
         <v>49</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="P126" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B127" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>143</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>520</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2003</v>
       </c>
       <c r="I127">
         <v>2013</v>
       </c>
       <c r="J127" t="s">
         <v>69</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="M127" t="s">
         <v>49</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="P127" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B128" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>520</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2003</v>
       </c>
       <c r="I128">
         <v>2013</v>
       </c>
       <c r="J128" t="s">
         <v>69</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="M128" t="s">
         <v>49</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="P128" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B129" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
         <v>117</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>520</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2008</v>
       </c>
       <c r="I129">
         <v>2013</v>
       </c>
       <c r="J129" t="s">
         <v>69</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="M129" t="s">
         <v>49</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="P129" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B130" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>143</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>520</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2013</v>
       </c>
       <c r="I130">
         <v>2020</v>
       </c>
       <c r="J130" t="s">
         <v>69</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="M130" t="s">
         <v>49</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="P130" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B131" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>520</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2014</v>
       </c>
       <c r="I131">
         <v>2020</v>
       </c>
       <c r="J131" t="s">
         <v>69</v>
       </c>
       <c r="K131" t="s">
         <v>450</v>
       </c>
       <c r="L131" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M131" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="N131" t="s">
         <v>452</v>
       </c>
       <c r="O131" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="P131" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B132" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>520</v>
       </c>
       <c r="G132" t="s">
-        <v>22</v>
+        <v>526</v>
       </c>
       <c r="H132">
         <v>2008</v>
       </c>
       <c r="I132">
         <v>2015</v>
       </c>
       <c r="J132" t="s">
-        <v>69</v>
+        <v>538</v>
       </c>
       <c r="K132" t="s">
         <v>62</v>
       </c>
       <c r="L132" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="M132" t="s">
         <v>49</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="P132" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B133" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>277</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>520</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2008</v>
       </c>
       <c r="I133">
         <v>2015</v>
       </c>
       <c r="J133" t="s">
         <v>69</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="M133" t="s">
         <v>49</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="P133" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B134" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>143</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>520</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2005</v>
       </c>
       <c r="I134">
         <v>2015</v>
       </c>
       <c r="J134" t="s">
         <v>69</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="M134" t="s">
         <v>49</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P134" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B135" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>211</v>
       </c>
       <c r="E135" t="s">
         <v>180</v>
       </c>
       <c r="F135" t="s">
         <v>520</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2005</v>
       </c>
       <c r="I135">
         <v>2016</v>
       </c>
       <c r="J135" t="s">
         <v>69</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M135" t="s">
         <v>599</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P135" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B136" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>211</v>
       </c>
       <c r="E136" t="s">
         <v>180</v>
       </c>
       <c r="F136" t="s">
         <v>520</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2005</v>
       </c>
       <c r="I136">
         <v>2016</v>
       </c>
       <c r="J136" t="s">
         <v>69</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="M136" t="s">
         <v>599</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="P136" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B137" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>211</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>520</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2005</v>
       </c>
       <c r="I137">
         <v>2016</v>
       </c>
       <c r="J137" t="s">
         <v>69</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="M137" t="s">
         <v>599</v>
       </c>
       <c r="N137" t="s">
         <v>96</v>
       </c>
       <c r="O137" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="P137" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B138" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>211</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>520</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2005</v>
       </c>
       <c r="I138">
         <v>2017</v>
       </c>
       <c r="J138" t="s">
         <v>69</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="M138" t="s">
         <v>599</v>
       </c>
       <c r="N138" t="s">
         <v>96</v>
       </c>
       <c r="O138" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="P138" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B139" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>463</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>520</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2017</v>
       </c>
       <c r="I139">
         <v>2021</v>
       </c>
       <c r="J139" t="s">
         <v>23</v>
       </c>
       <c r="K139" t="s">
         <v>450</v>
       </c>
       <c r="L139" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="M139" t="s">
         <v>528</v>
       </c>
       <c r="N139" t="s">
         <v>452</v>
       </c>
       <c r="O139" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P139" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B140" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>498</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>520</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2018</v>
       </c>
       <c r="I140">
         <v>2024</v>
       </c>
       <c r="J140" t="s">
         <v>538</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="M140" t="s">
         <v>540</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="P140" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B141" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>438</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>520</v>
       </c>
       <c r="G141" t="s">
         <v>8</v>
       </c>
       <c r="H141">
         <v>1989</v>
       </c>
       <c r="I141">
         <v>2025</v>
       </c>
       <c r="J141" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="M141" t="s">
         <v>540</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="P141" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B142" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>520</v>
       </c>
       <c r="G142" t="s">
         <v>8</v>
       </c>
       <c r="H142">
         <v>2019</v>
       </c>
       <c r="I142">
         <v>2025</v>
       </c>
       <c r="J142" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M142" t="s">
         <v>540</v>
       </c>
       <c r="N142" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="O142" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="P142" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B143" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>432</v>
+        <v>799</v>
       </c>
       <c r="E143" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="F143" t="s">
-        <v>520</v>
+        <v>800</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H143">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I143">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J143" t="s">
-        <v>69</v>
+        <v>801</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
-      <c r="L143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>49</v>
+        <v>802</v>
       </c>
       <c r="N143" t="s">
-        <v>27</v>
+        <v>794</v>
       </c>
       <c r="O143" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="P143" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="B144" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="C144" t="s">
-        <v>803</v>
+        <v>18</v>
       </c>
       <c r="D144" t="s">
         <v>432</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>804</v>
+        <v>520</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="I144">
         <v>2013</v>
       </c>
       <c r="J144" t="s">
-        <v>805</v>
+        <v>69</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="M144" t="s">
-        <v>807</v>
+        <v>49</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
         <v>808</v>
       </c>
       <c r="P144" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
         <v>810</v>
       </c>
       <c r="B145" t="s">
         <v>811</v>
       </c>
       <c r="C145" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="D145" t="s">
-        <v>717</v>
+        <v>813</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>21</v>
+        <v>814</v>
       </c>
       <c r="G145" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H145">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="I145">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J145" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="M145" t="s">
-        <v>807</v>
+        <v>816</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="P145" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B146" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C146" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="D146" t="s">
-        <v>101</v>
+        <v>432</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
+        <v>2007</v>
+      </c>
+      <c r="I146">
+        <v>2013</v>
+      </c>
+      <c r="J146" t="s">
+        <v>821</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>822</v>
+      </c>
+      <c r="M146" t="s">
+        <v>816</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>823</v>
+      </c>
+      <c r="P146" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>825</v>
+      </c>
+      <c r="B147" t="s">
+        <v>826</v>
+      </c>
+      <c r="C147" t="s">
+        <v>812</v>
+      </c>
+      <c r="D147" t="s">
+        <v>718</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2007</v>
+      </c>
+      <c r="I147">
+        <v>2015</v>
+      </c>
+      <c r="J147" t="s">
+        <v>821</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>827</v>
+      </c>
+      <c r="M147" t="s">
+        <v>816</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>828</v>
+      </c>
+      <c r="P147" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>830</v>
+      </c>
+      <c r="B148" t="s">
+        <v>831</v>
+      </c>
+      <c r="C148" t="s">
+        <v>812</v>
+      </c>
+      <c r="D148" t="s">
+        <v>101</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>814</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
         <v>1993</v>
       </c>
-      <c r="I146">
+      <c r="I148">
         <v>2007</v>
       </c>
-      <c r="J146" t="s">
-[...18 lines deleted...]
-        <v>819</v>
+      <c r="J148" t="s">
+        <v>821</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>832</v>
+      </c>
+      <c r="M148" t="s">
+        <v>816</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>833</v>
+      </c>
+      <c r="P148" t="s">
+        <v>834</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">