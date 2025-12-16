--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -12,292 +12,353 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -561,541 +622,604 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="454.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2011</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1989</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...28 lines deleted...]
-      <c r="I3" t="s">
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...314 lines deleted...]
-        <v>64</v>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>