--- v0 (2025-12-11)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="454">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="455">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1063,78 +1063,81 @@
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
     <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -4930,1244 +4933,1244 @@
       </c>
       <c r="P65" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>346</v>
       </c>
       <c r="B66" t="s">
         <v>347</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
         <v>177</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>348</v>
       </c>
       <c r="G66" t="s">
-        <v>33</v>
+        <v>349</v>
       </c>
       <c r="H66">
         <v>2007</v>
       </c>
       <c r="I66">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J66" t="s">
         <v>93</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>178</v>
       </c>
       <c r="M66" t="s">
         <v>26</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="P66" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B67" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>348</v>
       </c>
       <c r="G67" t="s">
         <v>8</v>
       </c>
       <c r="H67">
         <v>2007</v>
       </c>
       <c r="I67">
         <v>2025</v>
       </c>
       <c r="J67" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="M67" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N67" t="s">
         <v>37</v>
       </c>
       <c r="O67" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P67" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B68" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
         <v>19</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>348</v>
       </c>
       <c r="G68" t="s">
         <v>33</v>
       </c>
       <c r="H68">
         <v>2008</v>
       </c>
       <c r="I68">
         <v>2008</v>
       </c>
       <c r="J68" t="s">
         <v>93</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
         <v>25</v>
       </c>
       <c r="M68" t="s">
         <v>26</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P68" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B69" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
         <v>68</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>348</v>
       </c>
       <c r="G69" t="s">
         <v>33</v>
       </c>
       <c r="H69">
         <v>2008</v>
       </c>
       <c r="I69">
         <v>2016</v>
       </c>
       <c r="J69" t="s">
         <v>93</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M69" t="s">
         <v>26</v>
       </c>
       <c r="N69" t="s">
         <v>37</v>
       </c>
       <c r="O69" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P69" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B70" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C70" t="s">
         <v>18</v>
       </c>
       <c r="D70" t="s">
         <v>85</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>348</v>
       </c>
       <c r="G70" t="s">
         <v>33</v>
       </c>
       <c r="H70">
         <v>2010</v>
       </c>
       <c r="I70">
         <v>2015</v>
       </c>
       <c r="J70" t="s">
         <v>93</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>86</v>
       </c>
       <c r="M70" t="s">
         <v>26</v>
       </c>
       <c r="N70" t="s">
         <v>37</v>
       </c>
       <c r="O70" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="P70" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B71" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C71" t="s">
         <v>18</v>
       </c>
       <c r="D71" t="s">
         <v>32</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>348</v>
       </c>
       <c r="G71" t="s">
         <v>33</v>
       </c>
       <c r="H71">
         <v>1989</v>
       </c>
       <c r="I71">
         <v>2016</v>
       </c>
       <c r="J71" t="s">
         <v>93</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
         <v>35</v>
       </c>
       <c r="M71" t="s">
         <v>26</v>
       </c>
       <c r="N71" t="s">
         <v>37</v>
       </c>
       <c r="O71" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P71" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B72" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>348</v>
       </c>
       <c r="G72" t="s">
         <v>33</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
       <c r="I72">
         <v>2021</v>
       </c>
       <c r="J72" t="s">
         <v>34</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M72" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N72" t="s">
         <v>37</v>
       </c>
       <c r="O72" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P72" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B73" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
         <v>62</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>348</v>
       </c>
       <c r="G73" t="s">
         <v>33</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
       <c r="I73">
         <v>2016</v>
       </c>
       <c r="J73" t="s">
         <v>93</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>63</v>
       </c>
       <c r="M73" t="s">
         <v>26</v>
       </c>
       <c r="N73" t="s">
         <v>37</v>
       </c>
       <c r="O73" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P73" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B74" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
         <v>79</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>348</v>
       </c>
       <c r="G74" t="s">
         <v>33</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74">
         <v>2016</v>
       </c>
       <c r="J74" t="s">
         <v>93</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="M74" t="s">
         <v>26</v>
       </c>
       <c r="N74" t="s">
         <v>37</v>
       </c>
       <c r="O74" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P74" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B75" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C75" t="s">
         <v>18</v>
       </c>
       <c r="D75" t="s">
         <v>50</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>348</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2016</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>93</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M75" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N75" t="s">
         <v>37</v>
       </c>
       <c r="O75" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P75" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B76" t="s">
         <v>55</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
         <v>56</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>348</v>
       </c>
       <c r="G76" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="H76">
         <v>2018</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
         <v>57</v>
       </c>
       <c r="M76" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N76" t="s">
         <v>37</v>
       </c>
       <c r="O76" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P76" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B77" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
         <v>56</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>348</v>
       </c>
       <c r="G77" t="s">
         <v>33</v>
       </c>
       <c r="H77">
         <v>2018</v>
       </c>
       <c r="I77">
         <v>2024</v>
       </c>
       <c r="J77" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="M77" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="N77" t="s">
         <v>37</v>
       </c>
       <c r="O77" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="P77" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B78" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" t="s">
         <v>56</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>348</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2020</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="M78" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="P78" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B79" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C79" t="s">
         <v>279</v>
       </c>
       <c r="D79" t="s">
         <v>189</v>
       </c>
       <c r="E79" t="s">
         <v>91</v>
       </c>
       <c r="F79" t="s">
         <v>92</v>
       </c>
       <c r="G79" t="s">
         <v>33</v>
       </c>
       <c r="H79">
         <v>1996</v>
       </c>
       <c r="I79">
         <v>2010</v>
       </c>
       <c r="J79" t="s">
         <v>280</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>281</v>
       </c>
       <c r="N79" t="s">
         <v>37</v>
       </c>
       <c r="O79" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P79" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B80" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C80" t="s">
         <v>279</v>
       </c>
       <c r="D80" t="s">
         <v>166</v>
       </c>
       <c r="E80" t="s">
         <v>91</v>
       </c>
       <c r="F80" t="s">
         <v>92</v>
       </c>
       <c r="G80" t="s">
         <v>33</v>
       </c>
       <c r="H80">
         <v>1996</v>
       </c>
       <c r="I80">
         <v>2010</v>
       </c>
       <c r="J80" t="s">
         <v>280</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>281</v>
       </c>
       <c r="N80" t="s">
         <v>37</v>
       </c>
       <c r="O80" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P80" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B81" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C81" t="s">
         <v>279</v>
       </c>
       <c r="D81" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>348</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2012</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>280</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>281</v>
       </c>
       <c r="N81" t="s">
         <v>37</v>
       </c>
       <c r="O81" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P81" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B82" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C82" t="s">
         <v>279</v>
       </c>
       <c r="D82" t="s">
         <v>177</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>348</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>280</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
         <v>281</v>
       </c>
       <c r="N82" t="s">
         <v>37</v>
       </c>
       <c r="O82" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P82" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B83" t="s">
         <v>337</v>
       </c>
       <c r="C83" t="s">
         <v>279</v>
       </c>
       <c r="D83" t="s">
         <v>56</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>348</v>
       </c>
       <c r="G83" t="s">
         <v>33</v>
       </c>
       <c r="H83">
         <v>2011</v>
       </c>
       <c r="I83">
         <v>2011</v>
       </c>
       <c r="J83" t="s">
         <v>280</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
         <v>338</v>
       </c>
       <c r="M83" t="s">
         <v>281</v>
       </c>
       <c r="N83" t="s">
         <v>37</v>
       </c>
       <c r="O83" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="P83" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B84" t="s">
         <v>330</v>
       </c>
       <c r="C84" t="s">
         <v>279</v>
       </c>
       <c r="D84" t="s">
         <v>100</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>348</v>
       </c>
       <c r="G84" t="s">
         <v>33</v>
       </c>
       <c r="H84">
         <v>2012</v>
       </c>
       <c r="I84">
         <v>2012</v>
       </c>
       <c r="J84" t="s">
         <v>280</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
         <v>281</v>
       </c>
       <c r="N84" t="s">
         <v>37</v>
       </c>
       <c r="O84" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P84" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B85" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C85" t="s">
         <v>279</v>
       </c>
       <c r="D85" t="s">
         <v>62</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>348</v>
       </c>
       <c r="G85" t="s">
         <v>33</v>
       </c>
       <c r="H85">
         <v>2015</v>
       </c>
       <c r="I85">
         <v>2019</v>
       </c>
       <c r="J85" t="s">
         <v>34</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="N85" t="s">
         <v>37</v>
       </c>
       <c r="O85" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P85" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B86" t="s">
         <v>324</v>
       </c>
       <c r="C86" t="s">
         <v>279</v>
       </c>
       <c r="D86" t="s">
         <v>62</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>348</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2015</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>280</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>281</v>
       </c>
       <c r="N86" t="s">
         <v>37</v>
       </c>
       <c r="O86" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="P86" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B87" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C87" t="s">
         <v>279</v>
       </c>
       <c r="D87" t="s">
         <v>32</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>348</v>
       </c>
       <c r="G87" t="s">
         <v>33</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
       <c r="I87">
         <v>2012</v>
       </c>
       <c r="J87" t="s">
         <v>280</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
         <v>281</v>
       </c>
       <c r="N87" t="s">
         <v>37</v>
       </c>
       <c r="O87" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P87" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B88" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C88" t="s">
         <v>279</v>
       </c>
       <c r="D88" t="s">
         <v>343</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>348</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2009</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>280</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
         <v>344</v>
       </c>
       <c r="M88" t="s">
         <v>281</v>
       </c>
       <c r="N88" t="s">
         <v>37</v>
       </c>
       <c r="O88" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P88" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B89" t="s">
         <v>32</v>
       </c>
       <c r="C89" t="s">
         <v>279</v>
       </c>
       <c r="D89" t="s">
         <v>32</v>
       </c>
       <c r="E89" t="s">
         <v>91</v>
       </c>
       <c r="F89" t="s">
         <v>92</v>
       </c>
       <c r="G89" t="s">
         <v>33</v>
       </c>
       <c r="H89">
         <v>2012</v>
       </c>
       <c r="I89">
         <v>2012</v>
       </c>
       <c r="J89" t="s">
         <v>280</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>281</v>
       </c>
       <c r="N89" t="s">
         <v>37</v>
       </c>
       <c r="O89" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P89" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B90" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C90" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>241</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G90" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H90">
         <v>2024</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="M90" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="N90" t="s">
         <v>37</v>
       </c>
       <c r="O90" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P90" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">