--- v0 (2025-11-27)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -751,50 +751,53 @@
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
     <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
   </si>
   <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
@@ -1271,51 +1274,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3417,756 +3420,756 @@
       </c>
       <c r="P43" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>244</v>
       </c>
       <c r="B44" t="s">
         <v>37</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>178</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>245</v>
       </c>
       <c r="H44">
         <v>2020</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>38</v>
       </c>
       <c r="M44" t="s">
         <v>215</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P44" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B45" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>178</v>
       </c>
       <c r="G45" t="s">
         <v>8</v>
       </c>
       <c r="H45">
         <v>1989</v>
       </c>
       <c r="I45">
         <v>2025</v>
       </c>
       <c r="J45" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M45" t="s">
         <v>187</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P45" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B46" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>43</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>178</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>38</v>
       </c>
       <c r="M46" t="s">
         <v>215</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P46" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B47" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>61</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>178</v>
       </c>
       <c r="G47" t="s">
         <v>50</v>
       </c>
       <c r="H47">
         <v>2003</v>
       </c>
       <c r="I47">
         <v>2013</v>
       </c>
       <c r="J47" t="s">
         <v>44</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
         <v>95</v>
       </c>
       <c r="M47" t="s">
         <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P47" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B48" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C48" t="s">
         <v>164</v>
       </c>
       <c r="D48" t="s">
         <v>49</v>
       </c>
       <c r="E48" t="s">
         <v>62</v>
       </c>
       <c r="F48" t="s">
         <v>63</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>166</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>167</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P48" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B49" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C49" t="s">
         <v>164</v>
       </c>
       <c r="D49" t="s">
         <v>49</v>
       </c>
       <c r="E49" t="s">
         <v>62</v>
       </c>
       <c r="F49" t="s">
         <v>63</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>166</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>167</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P49" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C50" t="s">
         <v>164</v>
       </c>
       <c r="D50" t="s">
         <v>49</v>
       </c>
       <c r="E50" t="s">
         <v>62</v>
       </c>
       <c r="F50" t="s">
         <v>63</v>
       </c>
       <c r="G50" t="s">
         <v>50</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50">
         <v>2012</v>
       </c>
       <c r="J50" t="s">
         <v>166</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>167</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C51" t="s">
         <v>164</v>
       </c>
       <c r="D51" t="s">
         <v>19</v>
       </c>
       <c r="E51" t="s">
         <v>62</v>
       </c>
       <c r="F51" t="s">
         <v>63</v>
       </c>
       <c r="G51" t="s">
         <v>50</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51">
         <v>2012</v>
       </c>
       <c r="J51" t="s">
         <v>166</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>167</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P51" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B52" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
         <v>164</v>
       </c>
       <c r="D52" t="s">
         <v>70</v>
       </c>
       <c r="E52" t="s">
         <v>62</v>
       </c>
       <c r="F52" t="s">
         <v>63</v>
       </c>
       <c r="G52" t="s">
         <v>50</v>
       </c>
       <c r="H52">
         <v>1996</v>
       </c>
       <c r="I52">
         <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M52" t="s">
         <v>167</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P52" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C53" t="s">
         <v>164</v>
       </c>
       <c r="D53" t="s">
         <v>85</v>
       </c>
       <c r="E53" t="s">
         <v>62</v>
       </c>
       <c r="F53" t="s">
         <v>63</v>
       </c>
       <c r="G53" t="s">
         <v>50</v>
       </c>
       <c r="H53">
         <v>1996</v>
       </c>
       <c r="I53">
         <v>2010</v>
       </c>
       <c r="J53" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>167</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P53" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
         <v>19</v>
       </c>
       <c r="C54" t="s">
         <v>164</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>62</v>
       </c>
       <c r="F54" t="s">
         <v>63</v>
       </c>
       <c r="G54" t="s">
         <v>50</v>
       </c>
       <c r="H54">
         <v>1996</v>
       </c>
       <c r="I54">
         <v>2010</v>
       </c>
       <c r="J54" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>167</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C55" t="s">
         <v>164</v>
       </c>
       <c r="D55" t="s">
         <v>70</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>178</v>
       </c>
       <c r="G55" t="s">
         <v>50</v>
       </c>
       <c r="H55">
         <v>1994</v>
       </c>
       <c r="I55">
         <v>2003</v>
       </c>
       <c r="J55" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M55" t="s">
         <v>167</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P55" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B56" t="s">
         <v>163</v>
       </c>
       <c r="C56" t="s">
         <v>164</v>
       </c>
       <c r="D56" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>178</v>
       </c>
       <c r="G56" t="s">
         <v>50</v>
       </c>
       <c r="H56">
         <v>1994</v>
       </c>
       <c r="I56">
         <v>2003</v>
       </c>
       <c r="J56" t="s">
         <v>166</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>167</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P56" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B57" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C57" t="s">
         <v>164</v>
       </c>
       <c r="D57" t="s">
         <v>70</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>178</v>
       </c>
       <c r="G57" t="s">
         <v>50</v>
       </c>
       <c r="H57">
         <v>1994</v>
       </c>
       <c r="I57">
         <v>2004</v>
       </c>
       <c r="J57" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M57" t="s">
         <v>167</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P57" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B58" t="s">
         <v>171</v>
       </c>
       <c r="C58" t="s">
         <v>164</v>
       </c>
       <c r="D58" t="s">
         <v>49</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>178</v>
       </c>
       <c r="G58" t="s">
         <v>50</v>
       </c>
       <c r="H58">
         <v>2009</v>
       </c>
       <c r="I58">
         <v>2014</v>
       </c>
       <c r="J58" t="s">
         <v>166</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
         <v>172</v>
       </c>
       <c r="M58" t="s">
         <v>167</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P58" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">