--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1369">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2973,130 +2973,91 @@
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
-[...11 lines deleted...]
-    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
-[...11 lines deleted...]
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
-[...13 lines deleted...]
-  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
     <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
   </si>
   <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
@@ -3128,62 +3089,50 @@
   <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
   </si>
   <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
-[...10 lines deleted...]
-  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
     <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
     <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
   </si>
   <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
@@ -3204,151 +3153,121 @@
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
     <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
     <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
-  </si>
-[...13 lines deleted...]
-    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
     <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
   </si>
   <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
-  </si>
-[...16 lines deleted...]
-    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
@@ -3431,62 +3350,50 @@
   <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
     <t>This policy covers heaters of the petroleum industry.</t>
   </si>
   <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...10 lines deleted...]
-  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
     <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
   </si>
   <si>
     <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
@@ -3673,65 +3580,50 @@
   <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
     <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
   </si>
   <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
-[...13 lines deleted...]
-  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
     <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
@@ -3791,50 +3683,53 @@
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
@@ -4016,59 +3911,50 @@
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-[...7 lines deleted...]
-  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
@@ -4139,105 +4025,102 @@
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
     <t>This policy covers regenerative rolling reheating furnaces.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
-    <t>MEPS for electric pressure cookers</t>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
@@ -4637,51 +4520,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P270"/>
+  <dimension ref="A1:P260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="642.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -13536,4423 +13419,3931 @@
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
         <v>254</v>
       </c>
       <c r="M181" t="s">
         <v>26</v>
       </c>
       <c r="N181" t="s">
         <v>34</v>
       </c>
       <c r="O181" t="s">
         <v>981</v>
       </c>
       <c r="P181" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
         <v>983</v>
       </c>
       <c r="B182" t="s">
-        <v>142</v>
+        <v>984</v>
       </c>
       <c r="C182" t="s">
         <v>18</v>
       </c>
       <c r="D182" t="s">
-        <v>143</v>
+        <v>985</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>968</v>
       </c>
       <c r="G182" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H182">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I182"/>
+        <v>1989</v>
+      </c>
+      <c r="I182">
+        <v>2021</v>
+      </c>
       <c r="J182" t="s">
-        <v>23</v>
+        <v>986</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>144</v>
+        <v>987</v>
       </c>
       <c r="M182" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
       <c r="N182" t="s">
         <v>34</v>
       </c>
       <c r="O182" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="P182" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="B183" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="C183" t="s">
         <v>18</v>
       </c>
       <c r="D183" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>968</v>
       </c>
       <c r="G183" t="s">
         <v>75</v>
       </c>
       <c r="H183">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="I183">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="J183" t="s">
-        <v>51</v>
+        <v>986</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
-      <c r="L183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L183"/>
       <c r="M183" t="s">
-        <v>26</v>
+        <v>988</v>
       </c>
       <c r="N183" t="s">
         <v>34</v>
       </c>
       <c r="O183" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="P183" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="B184" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="C184" t="s">
         <v>18</v>
       </c>
       <c r="D184" t="s">
-        <v>988</v>
+        <v>57</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>968</v>
       </c>
       <c r="G184" t="s">
         <v>75</v>
       </c>
       <c r="H184">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I184">
         <v>2021</v>
       </c>
       <c r="J184" t="s">
-        <v>993</v>
+        <v>23</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="M184" t="s">
-        <v>995</v>
+        <v>26</v>
       </c>
       <c r="N184" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="P184" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="B185" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C185" t="s">
         <v>18</v>
       </c>
       <c r="D185" t="s">
-        <v>624</v>
+        <v>259</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>968</v>
       </c>
       <c r="G185" t="s">
         <v>75</v>
       </c>
       <c r="H185">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="I185">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J185" t="s">
         <v>51</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="M185" t="s">
         <v>26</v>
       </c>
       <c r="N185" t="s">
         <v>34</v>
       </c>
       <c r="O185" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="P185" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B186" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C186" t="s">
         <v>18</v>
       </c>
       <c r="D186" t="s">
-        <v>1005</v>
+        <v>195</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>968</v>
       </c>
       <c r="G186" t="s">
         <v>75</v>
       </c>
       <c r="H186">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="I186">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="J186" t="s">
-        <v>1006</v>
+        <v>51</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
-      <c r="L186"/>
+      <c r="L186" t="s">
+        <v>1008</v>
+      </c>
       <c r="M186" t="s">
-        <v>995</v>
+        <v>26</v>
       </c>
       <c r="N186" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="P186" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B187" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C187" t="s">
         <v>18</v>
       </c>
       <c r="D187" t="s">
-        <v>57</v>
+        <v>259</v>
       </c>
       <c r="E187" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F187" t="s">
         <v>968</v>
       </c>
       <c r="G187" t="s">
         <v>75</v>
       </c>
       <c r="H187">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I187">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="J187" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="M187" t="s">
         <v>26</v>
       </c>
       <c r="N187" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O187" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="P187" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="B188" t="s">
-        <v>1015</v>
+        <v>723</v>
       </c>
       <c r="C188" t="s">
         <v>18</v>
       </c>
       <c r="D188" t="s">
-        <v>259</v>
+        <v>45</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>968</v>
       </c>
       <c r="G188" t="s">
         <v>75</v>
       </c>
       <c r="H188">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I188">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="J188" t="s">
         <v>51</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188" t="s">
-        <v>1016</v>
+        <v>46</v>
       </c>
       <c r="M188" t="s">
         <v>26</v>
       </c>
       <c r="N188" t="s">
         <v>34</v>
       </c>
       <c r="O188" t="s">
         <v>1017</v>
       </c>
       <c r="P188" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
         <v>1019</v>
       </c>
       <c r="B189" t="s">
         <v>1020</v>
       </c>
       <c r="C189" t="s">
         <v>18</v>
       </c>
       <c r="D189" t="s">
-        <v>195</v>
+        <v>220</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>968</v>
       </c>
       <c r="G189" t="s">
         <v>75</v>
       </c>
       <c r="H189">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="I189">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J189" t="s">
         <v>51</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189" t="s">
-        <v>1021</v>
+        <v>149</v>
       </c>
       <c r="M189" t="s">
         <v>26</v>
       </c>
       <c r="N189" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O189" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P189" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B190" t="s">
         <v>1024</v>
       </c>
-      <c r="B190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" t="s">
         <v>18</v>
       </c>
       <c r="D190" t="s">
-        <v>259</v>
+        <v>68</v>
       </c>
       <c r="E190" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>968</v>
       </c>
       <c r="G190" t="s">
         <v>75</v>
       </c>
       <c r="H190">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="I190">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J190" t="s">
         <v>51</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="M190" t="s">
         <v>26</v>
       </c>
       <c r="N190" t="s">
         <v>34</v>
       </c>
       <c r="O190" t="s">
+        <v>1026</v>
+      </c>
+      <c r="P190" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="B191" t="s">
-        <v>723</v>
+        <v>469</v>
       </c>
       <c r="C191" t="s">
         <v>18</v>
       </c>
       <c r="D191" t="s">
-        <v>45</v>
+        <v>214</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>968</v>
       </c>
       <c r="G191" t="s">
         <v>75</v>
       </c>
       <c r="H191">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="I191">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="J191" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191" t="s">
-        <v>46</v>
+        <v>1029</v>
       </c>
       <c r="M191" t="s">
         <v>26</v>
       </c>
       <c r="N191" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O191" t="s">
         <v>1030</v>
       </c>
       <c r="P191" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
         <v>1032</v>
       </c>
       <c r="B192" t="s">
         <v>1033</v>
       </c>
       <c r="C192" t="s">
         <v>18</v>
       </c>
       <c r="D192" t="s">
-        <v>624</v>
+        <v>373</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>968</v>
       </c>
       <c r="G192" t="s">
         <v>75</v>
       </c>
       <c r="H192">
         <v>2005</v>
       </c>
       <c r="I192">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="J192" t="s">
         <v>51</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192" t="s">
-        <v>625</v>
+        <v>374</v>
       </c>
       <c r="M192" t="s">
         <v>26</v>
       </c>
       <c r="N192" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O192" t="s">
         <v>1034</v>
       </c>
       <c r="P192" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
         <v>1036</v>
       </c>
       <c r="B193" t="s">
         <v>1037</v>
       </c>
       <c r="C193" t="s">
         <v>18</v>
       </c>
       <c r="D193" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>968</v>
       </c>
       <c r="G193" t="s">
         <v>75</v>
       </c>
       <c r="H193">
-        <v>1989</v>
+        <v>2006</v>
       </c>
       <c r="I193">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J193" t="s">
-        <v>51</v>
+        <v>969</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
       <c r="L193" t="s">
-        <v>149</v>
+        <v>1038</v>
       </c>
       <c r="M193" t="s">
         <v>26</v>
       </c>
       <c r="N193" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="P193" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B194" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C194" t="s">
         <v>18</v>
       </c>
       <c r="D194" t="s">
-        <v>68</v>
+        <v>259</v>
       </c>
       <c r="E194" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F194" t="s">
         <v>968</v>
       </c>
       <c r="G194" t="s">
         <v>75</v>
       </c>
       <c r="H194">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="I194">
         <v>2017</v>
       </c>
       <c r="J194" t="s">
         <v>51</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="M194" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N194" t="s">
         <v>34</v>
       </c>
       <c r="O194" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="P194" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="B195" t="s">
-        <v>469</v>
+        <v>1048</v>
       </c>
       <c r="C195" t="s">
         <v>18</v>
       </c>
       <c r="D195" t="s">
-        <v>214</v>
+        <v>159</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>968</v>
       </c>
       <c r="G195" t="s">
         <v>75</v>
       </c>
       <c r="H195">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="I195">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="J195" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K195" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="L195" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="M195" t="s">
         <v>26</v>
       </c>
       <c r="N195" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O195" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="P195" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="B196" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="C196" t="s">
         <v>18</v>
       </c>
       <c r="D196" t="s">
-        <v>373</v>
+        <v>650</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>968</v>
       </c>
       <c r="G196" t="s">
-        <v>75</v>
+        <v>1054</v>
       </c>
       <c r="H196">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="I196">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J196" t="s">
         <v>51</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196" t="s">
-        <v>374</v>
+        <v>651</v>
       </c>
       <c r="M196" t="s">
         <v>26</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="P196" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="B197" t="s">
-        <v>1054</v>
+        <v>446</v>
       </c>
       <c r="C197" t="s">
         <v>18</v>
       </c>
       <c r="D197" t="s">
-        <v>208</v>
+        <v>39</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>968</v>
       </c>
       <c r="G197" t="s">
         <v>75</v>
       </c>
       <c r="H197">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="I197">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="J197" t="s">
-        <v>969</v>
+        <v>51</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197" t="s">
-        <v>1055</v>
+        <v>167</v>
       </c>
       <c r="M197" t="s">
         <v>26</v>
       </c>
       <c r="N197" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O197" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="P197" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B198" t="s">
-        <v>1059</v>
+        <v>402</v>
       </c>
       <c r="C198" t="s">
         <v>18</v>
       </c>
       <c r="D198" t="s">
-        <v>624</v>
+        <v>220</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>968</v>
       </c>
       <c r="G198" t="s">
         <v>75</v>
       </c>
       <c r="H198">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="I198">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J198" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="M198" t="s">
-        <v>26</v>
+        <v>976</v>
       </c>
       <c r="N198" t="s">
         <v>34</v>
       </c>
       <c r="O198" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="P198" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B199" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C199" t="s">
-        <v>18</v>
+        <v>1066</v>
       </c>
       <c r="D199" t="s">
-        <v>259</v>
+        <v>1067</v>
       </c>
       <c r="E199" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>968</v>
       </c>
       <c r="G199" t="s">
         <v>75</v>
       </c>
       <c r="H199">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I199">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J199" t="s">
-        <v>51</v>
+        <v>986</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="M199" t="s">
-        <v>1066</v>
+        <v>988</v>
       </c>
       <c r="N199" t="s">
-        <v>34</v>
+        <v>1069</v>
       </c>
       <c r="O199" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="P199" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="B200" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C200" t="s">
         <v>18</v>
       </c>
       <c r="D200" t="s">
-        <v>159</v>
+        <v>19</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>968</v>
       </c>
       <c r="G200" t="s">
         <v>75</v>
       </c>
       <c r="H200">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="I200">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="J200" t="s">
         <v>51</v>
       </c>
       <c r="K200" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L200" t="s">
-        <v>1071</v>
+        <v>25</v>
       </c>
       <c r="M200" t="s">
         <v>26</v>
       </c>
       <c r="N200" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="P200" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="B201" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C201" t="s">
         <v>18</v>
       </c>
       <c r="D201" t="s">
-        <v>650</v>
+        <v>172</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
         <v>968</v>
       </c>
       <c r="G201" t="s">
         <v>75</v>
       </c>
       <c r="H201">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I201">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="J201" t="s">
         <v>51</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201" t="s">
-        <v>651</v>
+        <v>173</v>
       </c>
       <c r="M201" t="s">
         <v>26</v>
       </c>
       <c r="N201" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O201" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="P201" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="B202" t="s">
-        <v>446</v>
+        <v>1081</v>
       </c>
       <c r="C202" t="s">
         <v>18</v>
       </c>
       <c r="D202" t="s">
-        <v>39</v>
+        <v>178</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
         <v>968</v>
       </c>
       <c r="G202" t="s">
         <v>75</v>
       </c>
       <c r="H202">
         <v>2008</v>
       </c>
       <c r="I202">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="J202" t="s">
         <v>51</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202" t="s">
-        <v>167</v>
+        <v>1082</v>
       </c>
       <c r="M202" t="s">
         <v>26</v>
       </c>
       <c r="N202" t="s">
         <v>34</v>
       </c>
       <c r="O202" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="P202" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B203" t="s">
-        <v>402</v>
+        <v>1085</v>
       </c>
       <c r="C203" t="s">
         <v>18</v>
       </c>
       <c r="D203" t="s">
-        <v>220</v>
+        <v>282</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>968</v>
       </c>
       <c r="G203" t="s">
         <v>75</v>
       </c>
       <c r="H203">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="I203">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J203" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
       <c r="L203" t="s">
-        <v>1082</v>
+        <v>283</v>
       </c>
       <c r="M203" t="s">
-        <v>976</v>
+        <v>26</v>
       </c>
       <c r="N203" t="s">
         <v>34</v>
       </c>
       <c r="O203" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="P203" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="B204" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="C204" t="s">
         <v>18</v>
       </c>
       <c r="D204" t="s">
-        <v>1087</v>
+        <v>366</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
         <v>968</v>
       </c>
       <c r="G204" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H204">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I204">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J204" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K204" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="L204" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="M204" t="s">
         <v>26</v>
       </c>
       <c r="N204" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="P204" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="B205" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C205" t="s">
-        <v>1093</v>
+        <v>18</v>
       </c>
       <c r="D205" t="s">
-        <v>1094</v>
+        <v>366</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
         <v>968</v>
       </c>
       <c r="G205" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H205">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I205"/>
       <c r="J205" t="s">
-        <v>993</v>
+        <v>51</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205" t="s">
         <v>1095</v>
       </c>
       <c r="M205" t="s">
-        <v>995</v>
+        <v>1044</v>
       </c>
       <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
         <v>1096</v>
       </c>
-      <c r="O205" t="s">
+      <c r="P205" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B206" t="s">
         <v>1099</v>
       </c>
-      <c r="B206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" t="s">
         <v>18</v>
       </c>
       <c r="D206" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>968</v>
       </c>
       <c r="G206" t="s">
         <v>75</v>
       </c>
       <c r="H206">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I206">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="J206" t="s">
         <v>51</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="M206" t="s">
         <v>26</v>
       </c>
       <c r="N206" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O206" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P206" t="s">
         <v>1101</v>
-      </c>
-[...1 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B207" t="s">
         <v>1103</v>
       </c>
-      <c r="B207" t="s">
+      <c r="C207" t="s">
+        <v>18</v>
+      </c>
+      <c r="D207" t="s">
         <v>1104</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>968</v>
       </c>
       <c r="G207" t="s">
         <v>75</v>
       </c>
       <c r="H207">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I207">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J207" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
       <c r="L207" t="s">
-        <v>173</v>
+        <v>1105</v>
       </c>
       <c r="M207" t="s">
-        <v>26</v>
+        <v>976</v>
       </c>
       <c r="N207" t="s">
         <v>34</v>
       </c>
       <c r="O207" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="P207" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B208" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C208" t="s">
         <v>18</v>
       </c>
       <c r="D208" t="s">
-        <v>178</v>
+        <v>322</v>
       </c>
       <c r="E208" t="s">
         <v>20</v>
       </c>
       <c r="F208" t="s">
         <v>968</v>
       </c>
       <c r="G208" t="s">
         <v>75</v>
       </c>
       <c r="H208">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I208">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J208" t="s">
         <v>51</v>
       </c>
       <c r="K208" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L208" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="M208" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N208" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O208" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="P208" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="B209" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C209" t="s">
         <v>18</v>
       </c>
       <c r="D209" t="s">
-        <v>282</v>
+        <v>310</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
         <v>968</v>
       </c>
       <c r="G209" t="s">
         <v>75</v>
       </c>
       <c r="H209">
         <v>2010</v>
       </c>
       <c r="I209">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J209" t="s">
         <v>51</v>
       </c>
       <c r="K209" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L209" t="s">
-        <v>283</v>
+        <v>325</v>
       </c>
       <c r="M209" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N209" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O209" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="P209" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B210" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C210" t="s">
         <v>18</v>
       </c>
       <c r="D210" t="s">
-        <v>366</v>
+        <v>109</v>
       </c>
       <c r="E210" t="s">
         <v>20</v>
       </c>
       <c r="F210" t="s">
         <v>968</v>
       </c>
       <c r="G210" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H210">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I210">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="J210" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K210" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L210" t="s">
-        <v>1117</v>
+        <v>110</v>
       </c>
       <c r="M210" t="s">
         <v>26</v>
       </c>
       <c r="N210" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O210" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="P210" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B211" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C211" t="s">
         <v>18</v>
       </c>
       <c r="D211" t="s">
-        <v>366</v>
+        <v>32</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>968</v>
       </c>
       <c r="G211" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H211">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I211"/>
+        <v>2011</v>
+      </c>
+      <c r="I211">
+        <v>2012</v>
+      </c>
       <c r="J211" t="s">
         <v>51</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211" t="s">
-        <v>1122</v>
+        <v>248</v>
       </c>
       <c r="M211" t="s">
-        <v>1066</v>
+        <v>26</v>
       </c>
       <c r="N211" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O211" t="s">
         <v>1123</v>
       </c>
       <c r="P211" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
         <v>1125</v>
       </c>
       <c r="B212" t="s">
         <v>1126</v>
       </c>
       <c r="C212" t="s">
         <v>18</v>
       </c>
       <c r="D212" t="s">
-        <v>230</v>
+        <v>32</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
         <v>968</v>
       </c>
       <c r="G212" t="s">
         <v>75</v>
       </c>
       <c r="H212">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I212">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J212" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212" t="s">
-        <v>127</v>
+        <v>1127</v>
       </c>
       <c r="M212" t="s">
         <v>26</v>
       </c>
       <c r="N212" t="s">
         <v>34</v>
       </c>
       <c r="O212" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="P212" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B213" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C213" t="s">
         <v>18</v>
       </c>
       <c r="D213" t="s">
-        <v>83</v>
+        <v>474</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
         <v>968</v>
       </c>
       <c r="G213" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H213">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I213"/>
       <c r="J213" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213" t="s">
-        <v>84</v>
+        <v>1132</v>
       </c>
       <c r="M213" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N213" t="s">
         <v>34</v>
       </c>
       <c r="O213" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="P213" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B214" t="s">
-        <v>1134</v>
+        <v>235</v>
       </c>
       <c r="C214" t="s">
         <v>18</v>
       </c>
       <c r="D214" t="s">
-        <v>1135</v>
+        <v>172</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>968</v>
       </c>
       <c r="G214" t="s">
-        <v>75</v>
+        <v>974</v>
       </c>
       <c r="H214">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I214">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="J214" t="s">
-        <v>76</v>
+        <v>986</v>
       </c>
       <c r="K214" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="L214" t="s">
         <v>1136</v>
       </c>
       <c r="M214" t="s">
-        <v>976</v>
+        <v>26</v>
       </c>
       <c r="N214" t="s">
         <v>34</v>
       </c>
       <c r="O214" t="s">
         <v>1137</v>
       </c>
       <c r="P214" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
         <v>1139</v>
       </c>
       <c r="B215" t="s">
         <v>1140</v>
       </c>
       <c r="C215" t="s">
         <v>18</v>
       </c>
       <c r="D215" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
         <v>968</v>
       </c>
       <c r="G215" t="s">
         <v>75</v>
       </c>
       <c r="H215">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I215">
         <v>2020</v>
       </c>
       <c r="J215" t="s">
         <v>51</v>
       </c>
       <c r="K215" t="s">
         <v>312</v>
       </c>
       <c r="L215" t="s">
         <v>1141</v>
       </c>
       <c r="M215" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N215" t="s">
         <v>314</v>
       </c>
       <c r="O215" t="s">
         <v>1142</v>
       </c>
       <c r="P215" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
         <v>1144</v>
       </c>
       <c r="B216" t="s">
         <v>1145</v>
       </c>
       <c r="C216" t="s">
         <v>18</v>
       </c>
       <c r="D216" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>968</v>
       </c>
       <c r="G216" t="s">
         <v>75</v>
       </c>
       <c r="H216">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I216">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J216" t="s">
         <v>51</v>
       </c>
       <c r="K216" t="s">
         <v>312</v>
       </c>
       <c r="L216" t="s">
-        <v>325</v>
+        <v>1110</v>
       </c>
       <c r="M216" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N216" t="s">
         <v>314</v>
       </c>
       <c r="O216" t="s">
         <v>1146</v>
       </c>
       <c r="P216" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
         <v>1148</v>
       </c>
       <c r="B217" t="s">
         <v>1149</v>
       </c>
       <c r="C217" t="s">
         <v>18</v>
       </c>
       <c r="D217" t="s">
-        <v>109</v>
+        <v>310</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>968</v>
       </c>
       <c r="G217" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H217">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I217"/>
       <c r="J217" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K217" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L217" t="s">
-        <v>110</v>
+        <v>1150</v>
       </c>
       <c r="M217" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N217" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O217" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="P217" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B218" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C218" t="s">
         <v>18</v>
       </c>
       <c r="D218" t="s">
-        <v>32</v>
+        <v>242</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>968</v>
       </c>
       <c r="G218" t="s">
         <v>75</v>
       </c>
       <c r="H218">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I218">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="J218" t="s">
         <v>51</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218" t="s">
-        <v>248</v>
+        <v>1155</v>
       </c>
       <c r="M218" t="s">
         <v>26</v>
       </c>
       <c r="N218" t="s">
         <v>34</v>
       </c>
       <c r="O218" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="P218" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B219" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="C219" t="s">
         <v>18</v>
       </c>
       <c r="D219" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>968</v>
       </c>
       <c r="G219" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H219">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I219"/>
       <c r="J219" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="M219" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N219" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="P219" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B220" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="C220" t="s">
         <v>18</v>
       </c>
       <c r="D220" t="s">
-        <v>474</v>
+        <v>332</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>968</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
         <v>23</v>
       </c>
       <c r="K220" t="s">
         <v>24</v>
       </c>
       <c r="L220" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="M220" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N220" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="P220" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="B221" t="s">
-        <v>235</v>
+        <v>1169</v>
       </c>
       <c r="C221" t="s">
         <v>18</v>
       </c>
       <c r="D221" t="s">
-        <v>172</v>
+        <v>259</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>968</v>
       </c>
       <c r="G221" t="s">
         <v>75</v>
       </c>
       <c r="H221">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I221">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J221" t="s">
         <v>51</v>
       </c>
       <c r="K221" t="s">
-        <v>236</v>
+        <v>24</v>
       </c>
       <c r="L221" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="M221" t="s">
         <v>26</v>
       </c>
       <c r="N221" t="s">
         <v>34</v>
       </c>
       <c r="O221" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="P221" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="B222" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="C222" t="s">
         <v>18</v>
       </c>
       <c r="D222" t="s">
-        <v>318</v>
+        <v>1175</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>968</v>
       </c>
       <c r="G222" t="s">
         <v>75</v>
       </c>
       <c r="H222">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I222">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="J222" t="s">
         <v>51</v>
       </c>
       <c r="K222" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L222" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="M222" t="s">
-        <v>1066</v>
+        <v>26</v>
       </c>
       <c r="N222" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="O222" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="P222" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="B223" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="C223" t="s">
         <v>18</v>
       </c>
       <c r="D223" t="s">
-        <v>320</v>
+        <v>265</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>968</v>
       </c>
       <c r="G223" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H223">
         <v>2013</v>
       </c>
-      <c r="I223">
-[...1 lines deleted...]
-      </c>
+      <c r="I223"/>
       <c r="J223" t="s">
         <v>51</v>
       </c>
       <c r="K223" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L223" t="s">
-        <v>1141</v>
+        <v>1181</v>
       </c>
       <c r="M223" t="s">
-        <v>1066</v>
+        <v>26</v>
       </c>
       <c r="N223" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="O223" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="P223" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="B224" t="s">
-        <v>1180</v>
+        <v>50</v>
       </c>
       <c r="C224" t="s">
         <v>18</v>
       </c>
       <c r="D224" t="s">
-        <v>310</v>
+        <v>68</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>968</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>2013</v>
       </c>
       <c r="I224"/>
       <c r="J224" t="s">
         <v>23</v>
       </c>
       <c r="K224" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L224" t="s">
-        <v>1181</v>
+        <v>52</v>
       </c>
       <c r="M224" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N224" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="O224" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="P224" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="B225" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="C225" t="s">
         <v>18</v>
       </c>
       <c r="D225" t="s">
-        <v>242</v>
+        <v>172</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>968</v>
       </c>
       <c r="G225" t="s">
         <v>75</v>
       </c>
       <c r="H225">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="I225">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J225" t="s">
         <v>51</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="M225" t="s">
         <v>26</v>
       </c>
       <c r="N225" t="s">
         <v>34</v>
       </c>
       <c r="O225" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="P225" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="B226" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="C226" t="s">
         <v>18</v>
       </c>
       <c r="D226" t="s">
-        <v>214</v>
+        <v>63</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>968</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226" t="s">
-        <v>1191</v>
+        <v>58</v>
       </c>
       <c r="M226" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="P226" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="B227" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C227" t="s">
         <v>18</v>
       </c>
       <c r="D227" t="s">
-        <v>332</v>
+        <v>57</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>968</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
       <c r="H227">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K227" t="s">
         <v>24</v>
       </c>
       <c r="L227" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="M227" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="P227" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B228" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="C228" t="s">
         <v>18</v>
       </c>
       <c r="D228" t="s">
         <v>259</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>968</v>
       </c>
       <c r="G228" t="s">
         <v>75</v>
       </c>
       <c r="H228">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I228">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="J228" t="s">
         <v>51</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="M228" t="s">
         <v>26</v>
       </c>
       <c r="N228" t="s">
         <v>34</v>
       </c>
       <c r="O228" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="P228" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B229" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="C229" t="s">
         <v>18</v>
       </c>
       <c r="D229" t="s">
-        <v>624</v>
+        <v>288</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>968</v>
       </c>
       <c r="G229" t="s">
-        <v>75</v>
+        <v>1208</v>
       </c>
       <c r="H229">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="I229">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J229" t="s">
         <v>51</v>
       </c>
       <c r="K229" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="L229" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="M229" t="s">
         <v>26</v>
       </c>
       <c r="N229" t="s">
         <v>34</v>
       </c>
       <c r="O229" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="P229" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="B230" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="C230" t="s">
         <v>18</v>
       </c>
       <c r="D230" t="s">
-        <v>1211</v>
+        <v>310</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>968</v>
       </c>
       <c r="G230" t="s">
         <v>75</v>
       </c>
       <c r="H230">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="I230">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="J230" t="s">
         <v>51</v>
       </c>
       <c r="K230" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L230" t="s">
-        <v>1212</v>
+        <v>1141</v>
       </c>
       <c r="M230" t="s">
-        <v>26</v>
+        <v>313</v>
       </c>
       <c r="N230" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O230" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="P230" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B231" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C231" t="s">
         <v>18</v>
       </c>
       <c r="D231" t="s">
-        <v>265</v>
+        <v>1218</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>968</v>
       </c>
       <c r="G231" t="s">
-        <v>22</v>
+        <v>974</v>
       </c>
       <c r="H231">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I231"/>
+        <v>2008</v>
+      </c>
+      <c r="I231">
+        <v>2015</v>
+      </c>
       <c r="J231" t="s">
-        <v>51</v>
+        <v>986</v>
       </c>
       <c r="K231" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="L231" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="M231" t="s">
         <v>26</v>
       </c>
       <c r="N231" t="s">
         <v>34</v>
       </c>
       <c r="O231" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="P231" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B232" t="s">
-        <v>50</v>
+        <v>1223</v>
       </c>
       <c r="C232" t="s">
         <v>18</v>
       </c>
       <c r="D232" t="s">
-        <v>68</v>
+        <v>137</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>968</v>
       </c>
       <c r="G232" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H232">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I232"/>
+        <v>2008</v>
+      </c>
+      <c r="I232">
+        <v>2015</v>
+      </c>
       <c r="J232" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232" t="s">
-        <v>52</v>
+        <v>1224</v>
       </c>
       <c r="M232" t="s">
-        <v>1066</v>
+        <v>26</v>
       </c>
       <c r="N232" t="s">
         <v>34</v>
       </c>
       <c r="O232" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="P232" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="B233" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="C233" t="s">
         <v>18</v>
       </c>
       <c r="D233" t="s">
-        <v>172</v>
+        <v>527</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>968</v>
       </c>
       <c r="G233" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H233">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I233"/>
       <c r="J233" t="s">
         <v>51</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="M233" t="s">
         <v>26</v>
       </c>
       <c r="N233" t="s">
         <v>34</v>
       </c>
       <c r="O233" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="P233" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="B234" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="C234" t="s">
         <v>18</v>
       </c>
       <c r="D234" t="s">
-        <v>63</v>
+        <v>259</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>968</v>
       </c>
       <c r="G234" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H234">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I234"/>
+        <v>2005</v>
+      </c>
+      <c r="I234">
+        <v>2015</v>
+      </c>
       <c r="J234" t="s">
         <v>51</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234" t="s">
-        <v>58</v>
+        <v>1234</v>
       </c>
       <c r="M234" t="s">
-        <v>1066</v>
+        <v>26</v>
       </c>
       <c r="N234" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O234" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="P234" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B235" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="C235" t="s">
         <v>18</v>
       </c>
       <c r="D235" t="s">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
         <v>968</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
         <v>51</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
       <c r="L235" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="M235" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N235" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O235" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="P235" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="B236" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="C236" t="s">
         <v>18</v>
       </c>
       <c r="D236" t="s">
-        <v>259</v>
+        <v>373</v>
       </c>
       <c r="E236" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F236" t="s">
         <v>968</v>
       </c>
       <c r="G236" t="s">
         <v>75</v>
       </c>
       <c r="H236">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="I236">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J236" t="s">
         <v>51</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="M236" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N236" t="s">
         <v>34</v>
       </c>
       <c r="O236" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="P236" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="B237" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="C237" t="s">
         <v>18</v>
       </c>
       <c r="D237" t="s">
-        <v>288</v>
+        <v>373</v>
       </c>
       <c r="E237" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F237" t="s">
         <v>968</v>
       </c>
       <c r="G237" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H237">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I237"/>
+        <v>2005</v>
+      </c>
+      <c r="I237">
+        <v>2016</v>
+      </c>
       <c r="J237" t="s">
         <v>51</v>
       </c>
       <c r="K237" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L237" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="M237" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N237" t="s">
         <v>34</v>
       </c>
       <c r="O237" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="P237" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="B238" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="C238" t="s">
         <v>18</v>
       </c>
       <c r="D238" t="s">
-        <v>310</v>
+        <v>373</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>968</v>
       </c>
       <c r="G238" t="s">
         <v>75</v>
       </c>
       <c r="H238">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="I238">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J238" t="s">
         <v>51</v>
       </c>
       <c r="K238" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L238" t="s">
-        <v>1172</v>
+        <v>1254</v>
       </c>
       <c r="M238" t="s">
-        <v>313</v>
+        <v>1044</v>
       </c>
       <c r="N238" t="s">
-        <v>314</v>
+        <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="P238" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="B239" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="C239" t="s">
         <v>18</v>
       </c>
       <c r="D239" t="s">
-        <v>1253</v>
+        <v>121</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>968</v>
       </c>
       <c r="G239" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H239">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I239"/>
       <c r="J239" t="s">
         <v>51</v>
       </c>
       <c r="K239" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L239" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="M239" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N239" t="s">
         <v>34</v>
       </c>
       <c r="O239" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="P239" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="B240" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="C240" t="s">
         <v>18</v>
       </c>
       <c r="D240" t="s">
-        <v>137</v>
+        <v>373</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>968</v>
       </c>
       <c r="G240" t="s">
         <v>75</v>
       </c>
       <c r="H240">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I240">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J240" t="s">
         <v>51</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="M240" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N240" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="P240" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="B241" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="C241" t="s">
         <v>18</v>
       </c>
       <c r="D241" t="s">
-        <v>527</v>
+        <v>332</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>968</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
         <v>51</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="M241" t="s">
-        <v>26</v>
+        <v>1044</v>
       </c>
       <c r="N241" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="P241" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B242" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="C242" t="s">
         <v>18</v>
       </c>
       <c r="D242" t="s">
-        <v>259</v>
+        <v>871</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
         <v>968</v>
       </c>
       <c r="G242" t="s">
         <v>75</v>
       </c>
       <c r="H242">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="I242">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J242" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="K242" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L242" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="M242" t="s">
-        <v>26</v>
+        <v>976</v>
       </c>
       <c r="N242" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O242" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="P242" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B243" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="C243" t="s">
         <v>18</v>
       </c>
       <c r="D243" t="s">
-        <v>97</v>
+        <v>437</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
         <v>968</v>
       </c>
       <c r="G243" t="s">
         <v>22</v>
       </c>
       <c r="H243">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I243"/>
       <c r="J243" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="M243" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N243" t="s">
         <v>34</v>
       </c>
       <c r="O243" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="P243" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="B244" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="C244" t="s">
         <v>18</v>
       </c>
       <c r="D244" t="s">
-        <v>373</v>
+        <v>103</v>
       </c>
       <c r="E244" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>968</v>
       </c>
       <c r="G244" t="s">
         <v>75</v>
       </c>
       <c r="H244">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="I244">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="J244" t="s">
-        <v>51</v>
+        <v>986</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="M244" t="s">
-        <v>1066</v>
+        <v>988</v>
       </c>
       <c r="N244" t="s">
         <v>34</v>
       </c>
       <c r="O244" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="P244" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="B245" t="s">
-        <v>1283</v>
+        <v>126</v>
       </c>
       <c r="C245" t="s">
         <v>18</v>
       </c>
       <c r="D245" t="s">
-        <v>373</v>
+        <v>45</v>
       </c>
       <c r="E245" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>968</v>
       </c>
       <c r="G245" t="s">
-        <v>75</v>
+        <v>1208</v>
       </c>
       <c r="H245">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I245"/>
       <c r="J245" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245" t="s">
-        <v>1284</v>
+        <v>127</v>
       </c>
       <c r="M245" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N245" t="s">
         <v>34</v>
       </c>
       <c r="O245" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="P245" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="B246" t="s">
-        <v>1288</v>
+        <v>38</v>
       </c>
       <c r="C246" t="s">
         <v>18</v>
       </c>
       <c r="D246" t="s">
-        <v>373</v>
+        <v>39</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>968</v>
       </c>
       <c r="G246" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H246">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I246"/>
       <c r="J246" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K246" t="s">
         <v>24</v>
       </c>
       <c r="L246" t="s">
-        <v>1289</v>
+        <v>40</v>
       </c>
       <c r="M246" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N246" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O246" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="P246" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B247" t="s">
-        <v>1293</v>
+        <v>136</v>
       </c>
       <c r="C247" t="s">
         <v>18</v>
       </c>
       <c r="D247" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>968</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247" t="s">
+        <v>138</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1044</v>
+      </c>
+      <c r="N247" t="s">
+        <v>34</v>
+      </c>
+      <c r="O247" t="s">
         <v>1294</v>
       </c>
-      <c r="M247" t="s">
-[...5 lines deleted...]
-      <c r="O247" t="s">
+      <c r="P247" t="s">
         <v>1295</v>
-      </c>
-[...1 lines deleted...]
-        <v>1296</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B248" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>1298</v>
       </c>
       <c r="C248" t="s">
         <v>18</v>
       </c>
       <c r="D248" t="s">
         <v>373</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>968</v>
       </c>
       <c r="G248" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H248">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I248"/>
       <c r="J248" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M248" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P248" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B249" t="s">
         <v>1302</v>
       </c>
-      <c r="B249" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" t="s">
         <v>18</v>
       </c>
       <c r="D249" t="s">
-        <v>332</v>
+        <v>103</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>968</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="I249"/>
       <c r="J249" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="M249" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
+        <v>1304</v>
+      </c>
+      <c r="P249" t="s">
         <v>1305</v>
-      </c>
-[...1 lines deleted...]
-        <v>1306</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B250" t="s">
         <v>1307</v>
       </c>
-      <c r="B250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" t="s">
         <v>18</v>
       </c>
       <c r="D250" t="s">
-        <v>871</v>
+        <v>373</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
         <v>968</v>
       </c>
       <c r="G250" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H250">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I250"/>
       <c r="J250" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="K250" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L250" t="s">
+        <v>1308</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1044</v>
+      </c>
+      <c r="N250" t="s">
+        <v>34</v>
+      </c>
+      <c r="O250" t="s">
         <v>1309</v>
       </c>
-      <c r="M250" t="s">
-[...5 lines deleted...]
-      <c r="O250" t="s">
+      <c r="P250" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B251" t="s">
         <v>1312</v>
       </c>
-      <c r="B251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" t="s">
         <v>18</v>
       </c>
       <c r="D251" t="s">
-        <v>437</v>
+        <v>927</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
         <v>968</v>
       </c>
       <c r="G251" t="s">
-        <v>22</v>
+        <v>1208</v>
       </c>
       <c r="H251">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
         <v>23</v>
       </c>
       <c r="K251" t="s">
-        <v>24</v>
+        <v>1313</v>
       </c>
       <c r="L251" t="s">
         <v>1314</v>
       </c>
       <c r="M251" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N251" t="s">
-        <v>34</v>
+        <v>929</v>
       </c>
       <c r="O251" t="s">
         <v>1315</v>
       </c>
       <c r="P251" t="s">
         <v>1316</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
         <v>1317</v>
       </c>
       <c r="B252" t="s">
-        <v>102</v>
+        <v>1318</v>
       </c>
       <c r="C252" t="s">
         <v>18</v>
       </c>
       <c r="D252" t="s">
-        <v>103</v>
+        <v>310</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>968</v>
       </c>
       <c r="G252" t="s">
-        <v>22</v>
+        <v>1319</v>
       </c>
       <c r="H252">
         <v>2019</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>23</v>
+        <v>986</v>
       </c>
       <c r="K252" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L252" t="s">
-        <v>104</v>
+        <v>1320</v>
       </c>
       <c r="M252" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N252" t="s">
-        <v>34</v>
+        <v>314</v>
       </c>
       <c r="O252" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="P252" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="B253" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="C253" t="s">
         <v>18</v>
       </c>
       <c r="D253" t="s">
-        <v>103</v>
+        <v>366</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>968</v>
       </c>
       <c r="G253" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H253">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I253"/>
       <c r="J253" t="s">
-        <v>1006</v>
+        <v>23</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
-        <v>1322</v>
+        <v>127</v>
       </c>
       <c r="M253" t="s">
-        <v>995</v>
+        <v>1044</v>
       </c>
       <c r="N253" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="P253" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="B254" t="s">
-        <v>126</v>
+        <v>1328</v>
       </c>
       <c r="C254" t="s">
         <v>18</v>
       </c>
       <c r="D254" t="s">
-        <v>45</v>
+        <v>132</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>968</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I254"/>
       <c r="J254" t="s">
         <v>23</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
         <v>127</v>
       </c>
       <c r="M254" t="s">
-        <v>1066</v>
+        <v>1044</v>
       </c>
       <c r="N254" t="s">
         <v>34</v>
       </c>
       <c r="O254" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="P254" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="B255" t="s">
-        <v>38</v>
+        <v>1332</v>
       </c>
       <c r="C255" t="s">
         <v>18</v>
       </c>
       <c r="D255" t="s">
-        <v>39</v>
+        <v>1333</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>968</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255" t="s">
-        <v>40</v>
+        <v>1334</v>
       </c>
       <c r="M255" t="s">
-        <v>1066</v>
+        <v>976</v>
       </c>
       <c r="N255" t="s">
         <v>34</v>
       </c>
       <c r="O255" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="P255" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="B256" t="s">
-        <v>136</v>
+        <v>1338</v>
       </c>
       <c r="C256" t="s">
         <v>18</v>
       </c>
       <c r="D256" t="s">
-        <v>137</v>
+        <v>1339</v>
       </c>
       <c r="E256" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F256" t="s">
-        <v>968</v>
+        <v>331</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="K256" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="L256" t="s">
-        <v>138</v>
+        <v>1340</v>
       </c>
       <c r="M256" t="s">
-        <v>1066</v>
+        <v>1341</v>
       </c>
       <c r="N256" t="s">
         <v>34</v>
       </c>
       <c r="O256" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="P256" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="B257" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="C257" t="s">
         <v>18</v>
       </c>
       <c r="D257" t="s">
-        <v>373</v>
+        <v>1346</v>
       </c>
       <c r="E257" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F257" t="s">
-        <v>968</v>
+        <v>331</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
       <c r="M257" t="s">
-        <v>1066</v>
+        <v>1341</v>
       </c>
       <c r="N257" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O257" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="P257" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="B258" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="C258" t="s">
         <v>18</v>
       </c>
       <c r="D258" t="s">
-        <v>103</v>
+        <v>618</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>968</v>
       </c>
       <c r="G258" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H258">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I258"/>
+        <v>2003</v>
+      </c>
+      <c r="I258">
+        <v>2013</v>
+      </c>
       <c r="J258" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258" t="s">
-        <v>1341</v>
+        <v>719</v>
       </c>
       <c r="M258" t="s">
-        <v>1066</v>
+        <v>26</v>
       </c>
       <c r="N258" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O258" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="P258" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1344</v>
+        <v>1354</v>
       </c>
       <c r="B259" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="C259" t="s">
         <v>18</v>
       </c>
       <c r="D259" t="s">
-        <v>373</v>
+        <v>1356</v>
       </c>
       <c r="E259" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F259" t="s">
-        <v>968</v>
+        <v>1357</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
-        <v>23</v>
+        <v>1358</v>
       </c>
       <c r="K259" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="L259" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
       <c r="M259" t="s">
-        <v>1066</v>
+        <v>1360</v>
       </c>
       <c r="N259" t="s">
-        <v>34</v>
+        <v>1361</v>
       </c>
       <c r="O259" t="s">
-        <v>1347</v>
+        <v>1362</v>
       </c>
       <c r="P259" t="s">
-        <v>1348</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1349</v>
+        <v>1364</v>
       </c>
       <c r="B260" t="s">
-        <v>1350</v>
+        <v>1365</v>
       </c>
       <c r="C260" t="s">
         <v>18</v>
       </c>
       <c r="D260" t="s">
-        <v>927</v>
+        <v>1366</v>
       </c>
       <c r="E260" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="F260" t="s">
-        <v>968</v>
+        <v>331</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>23</v>
+        <v>311</v>
       </c>
       <c r="K260" t="s">
-        <v>1351</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="L260"/>
       <c r="M260" t="s">
-        <v>1066</v>
+        <v>334</v>
       </c>
       <c r="N260" t="s">
-        <v>929</v>
+        <v>314</v>
       </c>
       <c r="O260" t="s">
-        <v>1353</v>
+        <v>1367</v>
       </c>
       <c r="P260" t="s">
-        <v>1354</v>
-[...147 lines deleted...]
-      <c r="A264" t="s">
         <v>1368</v>
-      </c>
-[...329 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">