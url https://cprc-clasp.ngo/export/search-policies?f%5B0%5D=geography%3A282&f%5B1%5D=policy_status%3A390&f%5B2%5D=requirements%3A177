--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -12,1700 +12,1176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="516">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
-    <t>CEL 021-2021 Ventilators</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL 035-2016 Projectors</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
+    <t>Projectors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>GB 19761-2009
-[...47 lines deleted...]
-  <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-rice-cookers</t>
   </si>
   <si>
-    <t>CEL-004. Unitary Air Conditioners</t>
-[...23 lines deleted...]
-    <t>Instantaneous Water Heaters</t>
+    <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
+  </si>
+  <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>GB/T 18837</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-012. Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GB/T 20289-2006 GB 21519-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-012-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-014. Computer Monitors</t>
+  </si>
+  <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-021. Power Transformer</t>
+  </si>
+  <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
+    <t>CEL-034. Cooker Hood</t>
+  </si>
+  <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>GB 29539-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-039. Commercial Gas Stoves</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
-    <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
-[...188 lines deleted...]
-    <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
+    <t>GB/T 13611, GB 30720-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
+  </si>
+  <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>GB/T 17263-2013 GB 19044-2013</t>
-[...85 lines deleted...]
-  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
-    <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
+    <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
+  </si>
+  <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>December 2024</t>
-  </si>
-[...143 lines deleted...]
-    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
-    <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
-[...8 lines deleted...]
-    <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
+    <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
+  </si>
+  <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>GB/T 10180; NB/T 47066</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
+    <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
+  </si>
+  <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
+    <t>SY/T 0540; SY/T 6381</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
+  </si>
+  <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
+  </si>
+  <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
+    <t>GB/T 8170-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
+  </si>
+  <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
+    <t>Industrial Blowers</t>
+  </si>
+  <si>
+    <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
+  </si>
+  <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
+  </si>
+  <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
+    <t>GB/T 17713-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
+  </si>
+  <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
+    <t>Motors</t>
+  </si>
+  <si>
+    <t>0013</t>
+  </si>
+  <si>
+    <t>October 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
+    <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
+  </si>
+  <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
+  </si>
+  <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
+  </si>
+  <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
+    <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
+  </si>
+  <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
+    <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
+  </si>
+  <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
+    <t>GB/T 19774; GB/T 24499</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>GB/T 5773; GB/T 15765-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
+  </si>
+  <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
-[...582 lines deleted...]
-  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
-    <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
-    <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1969,6481 +1445,3036 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N148"/>
+  <dimension ref="A1:P61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...21 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>34</v>
       </c>
-    </row>
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2008</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>34</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
-[...7 lines deleted...]
-      <c r="A6" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>34</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>34</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>34</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>34</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>34</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>34</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>34</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>51</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>34</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>34</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>34</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...21 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>126</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>127</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>34</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
-[...32 lines deleted...]
-      <c r="J7" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>34</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
-[...32 lines deleted...]
-      <c r="J8" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>34</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...2 lines deleted...]
-      <c r="L8" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="M8" t="s">
-[...32 lines deleted...]
-      <c r="J9" t="s">
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...2 lines deleted...]
-      <c r="L9" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...25 lines deleted...]
-      <c r="G10">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>34</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>156</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>157</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>34</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2020</v>
       </c>
-      <c r="H10">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>34</v>
+      </c>
+      <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>169</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>170</v>
+      </c>
+      <c r="K26" t="s">
+        <v>171</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>172</v>
+      </c>
+      <c r="N26" t="s">
+        <v>173</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>177</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2021</v>
       </c>
-      <c r="I10" t="s">
-[...2 lines deleted...]
-      <c r="J10" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>170</v>
+      </c>
+      <c r="K27" t="s">
+        <v>171</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>172</v>
+      </c>
+      <c r="N27" t="s">
+        <v>173</v>
+      </c>
+      <c r="O27" t="s">
+        <v>178</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>179</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...34 lines deleted...]
-      <c r="H11">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2021</v>
       </c>
-      <c r="I11" t="s">
-[...2 lines deleted...]
-      <c r="J11" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>170</v>
+      </c>
+      <c r="K28" t="s">
+        <v>171</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>172</v>
+      </c>
+      <c r="N28" t="s">
+        <v>173</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...34 lines deleted...]
-      <c r="H12">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2021</v>
       </c>
-      <c r="I12" t="s">
-[...2 lines deleted...]
-      <c r="J12" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>170</v>
+      </c>
+      <c r="K29" t="s">
+        <v>171</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>172</v>
+      </c>
+      <c r="N29" t="s">
+        <v>173</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>169</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...34 lines deleted...]
-      <c r="H13">
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2021</v>
       </c>
-      <c r="I13" t="s">
-[...2 lines deleted...]
-      <c r="J13" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>170</v>
+      </c>
+      <c r="K30" t="s">
+        <v>171</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>172</v>
+      </c>
+      <c r="N30" t="s">
+        <v>173</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>169</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...38 lines deleted...]
-      <c r="J14" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>75</v>
+      </c>
+      <c r="K31" t="s">
+        <v>171</v>
+      </c>
+      <c r="L31" t="s">
+        <v>188</v>
+      </c>
+      <c r="M31" t="s">
+        <v>189</v>
+      </c>
+      <c r="N31" t="s">
+        <v>173</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>193</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...13 lines deleted...]
-      <c r="A15" t="s">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>75</v>
       </c>
-      <c r="B15" t="s">
-[...753 lines deleted...]
-      </c>
       <c r="K32" t="s">
-        <v>144</v>
+        <v>171</v>
       </c>
       <c r="L32" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="M32" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="N32" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>173</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>146</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>15</v>
+        <v>198</v>
       </c>
       <c r="C33" t="s">
-        <v>147</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>199</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="G33" t="s">
+        <v>201</v>
+      </c>
+      <c r="H33">
+        <v>2024</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>202</v>
       </c>
       <c r="K33" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>204</v>
       </c>
       <c r="N33" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>150</v>
+        <v>207</v>
       </c>
       <c r="B34" t="s">
-        <v>15</v>
+        <v>208</v>
       </c>
       <c r="C34" t="s">
-        <v>151</v>
+        <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>209</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>200</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
-      <c r="I34" t="s">
-        <v>20</v>
+      <c r="I34">
+        <v>2021</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="L34" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N34" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>154</v>
+        <v>213</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>214</v>
       </c>
       <c r="C35" t="s">
-        <v>155</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>209</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>200</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2010</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K35" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
+        <v>215</v>
+      </c>
+      <c r="M35" t="s">
+        <v>216</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>217</v>
+      </c>
+      <c r="P35" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>219</v>
+      </c>
+      <c r="B36" t="s">
+        <v>220</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>221</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>200</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M35" t="s">
-[...28 lines deleted...]
-      <c r="H36">
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>222</v>
+      </c>
+      <c r="M36" t="s">
+        <v>216</v>
+      </c>
+      <c r="N36" t="s">
+        <v>34</v>
+      </c>
+      <c r="O36" t="s">
+        <v>223</v>
+      </c>
+      <c r="P36" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>225</v>
+      </c>
+      <c r="B37" t="s">
+        <v>226</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>169</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>200</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="I36" t="s">
-[...8 lines deleted...]
-      <c r="L36" t="s">
+      <c r="I37"/>
+      <c r="J37" t="s">
         <v>23</v>
       </c>
-      <c r="M36" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K37" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="L37" t="s">
-        <v>23</v>
+        <v>227</v>
       </c>
       <c r="M37" t="s">
-        <v>29</v>
+        <v>216</v>
       </c>
       <c r="N37" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>173</v>
+      </c>
+      <c r="O37" t="s">
+        <v>228</v>
+      </c>
+      <c r="P37" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>164</v>
+        <v>230</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>231</v>
       </c>
       <c r="C38" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>232</v>
       </c>
       <c r="E38" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>200</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>165</v>
+        <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
+        <v>233</v>
+      </c>
+      <c r="M38" t="s">
+        <v>216</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>234</v>
+      </c>
+      <c r="P38" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>236</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>200</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2020</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="M38" t="s">
-[...28 lines deleted...]
-      <c r="H39">
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>239</v>
+      </c>
+      <c r="M39" t="s">
+        <v>216</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>240</v>
+      </c>
+      <c r="P39" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>242</v>
+      </c>
+      <c r="B40" t="s">
+        <v>243</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>150</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>200</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2013</v>
       </c>
-      <c r="I39" t="s">
-[...45 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K40" t="s">
-        <v>173</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>23</v>
+        <v>244</v>
       </c>
       <c r="M40" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O40" t="s">
+        <v>245</v>
+      </c>
+      <c r="P40" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>175</v>
+        <v>247</v>
       </c>
       <c r="B41" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E41" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>200</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>177</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="M41" t="s">
-        <v>29</v>
+        <v>216</v>
       </c>
       <c r="N41" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O41" t="s">
+        <v>248</v>
+      </c>
+      <c r="P41" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>179</v>
+        <v>250</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="C42" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>200</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K42" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="M42" t="s">
-        <v>29</v>
+        <v>216</v>
       </c>
       <c r="N42" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>252</v>
+      </c>
+      <c r="P42" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>183</v>
+        <v>254</v>
       </c>
       <c r="B43" t="s">
-        <v>15</v>
+        <v>255</v>
       </c>
       <c r="C43" t="s">
-        <v>184</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>256</v>
       </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>200</v>
+      </c>
+      <c r="G43" t="s">
+        <v>201</v>
+      </c>
+      <c r="H43" t="s">
+        <v>257</v>
+      </c>
+      <c r="I43">
+        <v>2024</v>
+      </c>
+      <c r="J43" t="s">
+        <v>258</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>216</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>259</v>
+      </c>
+      <c r="P43" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>261</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>57</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>200</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2014</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>51</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>263</v>
+      </c>
+      <c r="M44" t="s">
+        <v>216</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>264</v>
+      </c>
+      <c r="P44" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>266</v>
+      </c>
+      <c r="B45" t="s">
+        <v>267</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>156</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>200</v>
+      </c>
+      <c r="G45" t="s">
+        <v>268</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45">
         <v>2015</v>
       </c>
-      <c r="H43"/>
-[...90 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K45" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="L45" t="s">
-        <v>23</v>
+        <v>269</v>
       </c>
       <c r="M45" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N45" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O45" t="s">
+        <v>270</v>
+      </c>
+      <c r="P45" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>194</v>
+        <v>272</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>273</v>
       </c>
       <c r="C46" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>274</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>200</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K46" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
+        <v>275</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>34</v>
+      </c>
+      <c r="O46" t="s">
+        <v>276</v>
+      </c>
+      <c r="P46" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>278</v>
+      </c>
+      <c r="B47" t="s">
+        <v>279</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>74</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>200</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>51</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>280</v>
+      </c>
+      <c r="M47" t="s">
+        <v>216</v>
+      </c>
+      <c r="N47" t="s">
+        <v>34</v>
+      </c>
+      <c r="O47" t="s">
+        <v>281</v>
+      </c>
+      <c r="P47" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>283</v>
+      </c>
+      <c r="B48" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>99</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>200</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2016</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>51</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>285</v>
+      </c>
+      <c r="M48" t="s">
+        <v>216</v>
+      </c>
+      <c r="N48" t="s">
+        <v>34</v>
+      </c>
+      <c r="O48" t="s">
+        <v>286</v>
+      </c>
+      <c r="P48" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>288</v>
+      </c>
+      <c r="B49" t="s">
+        <v>289</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>238</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>200</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2017</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>51</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>290</v>
+      </c>
+      <c r="M49" t="s">
+        <v>216</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>291</v>
+      </c>
+      <c r="P49" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>293</v>
+      </c>
+      <c r="B50" t="s">
+        <v>294</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>295</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>200</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2019</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
         <v>23</v>
       </c>
-      <c r="M46" t="s">
-[...34 lines deleted...]
-      <c r="J47" t="s">
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>296</v>
+      </c>
+      <c r="M50" t="s">
+        <v>216</v>
+      </c>
+      <c r="N50" t="s">
+        <v>34</v>
+      </c>
+      <c r="O50" t="s">
+        <v>297</v>
+      </c>
+      <c r="P50" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>299</v>
+      </c>
+      <c r="B51" t="s">
+        <v>104</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>45</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>200</v>
+      </c>
+      <c r="G51" t="s">
+        <v>268</v>
+      </c>
+      <c r="H51">
+        <v>2020</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>105</v>
+      </c>
+      <c r="M51" t="s">
+        <v>216</v>
+      </c>
+      <c r="N51" t="s">
+        <v>34</v>
+      </c>
+      <c r="O51" t="s">
+        <v>300</v>
+      </c>
+      <c r="P51" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>302</v>
+      </c>
+      <c r="B52" t="s">
+        <v>38</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>39</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>200</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2020</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>40</v>
+      </c>
+      <c r="M52" t="s">
+        <v>216</v>
+      </c>
+      <c r="N52" t="s">
+        <v>34</v>
+      </c>
+      <c r="O52" t="s">
+        <v>303</v>
+      </c>
+      <c r="P52" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>305</v>
+      </c>
+      <c r="B53" t="s">
+        <v>114</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
         <v>115</v>
       </c>
-      <c r="K47" t="s">
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>200</v>
       </c>
-      <c r="L47" t="s">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2020</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
         <v>23</v>
       </c>
-      <c r="M47" t="s">
-[...38 lines deleted...]
-      <c r="L48" t="s">
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>116</v>
+      </c>
+      <c r="M53" t="s">
+        <v>216</v>
+      </c>
+      <c r="N53" t="s">
+        <v>34</v>
+      </c>
+      <c r="O53" t="s">
+        <v>306</v>
+      </c>
+      <c r="P53" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>308</v>
+      </c>
+      <c r="B54" t="s">
+        <v>309</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>310</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>200</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2020</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
         <v>23</v>
       </c>
-      <c r="M48" t="s">
-[...40 lines deleted...]
-      <c r="L49" t="s">
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>311</v>
+      </c>
+      <c r="M54" t="s">
+        <v>216</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>312</v>
+      </c>
+      <c r="P54" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>314</v>
+      </c>
+      <c r="B55" t="s">
+        <v>315</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>81</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>200</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2020</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
         <v>23</v>
       </c>
-      <c r="M49" t="s">
-[...7 lines deleted...]
-      <c r="A50" t="s">
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>316</v>
+      </c>
+      <c r="M55" t="s">
+        <v>216</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>317</v>
+      </c>
+      <c r="P55" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>319</v>
+      </c>
+      <c r="B56" t="s">
+        <v>320</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>310</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>200</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2020</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>321</v>
+      </c>
+      <c r="M56" t="s">
+        <v>216</v>
+      </c>
+      <c r="N56" t="s">
+        <v>34</v>
+      </c>
+      <c r="O56" t="s">
+        <v>322</v>
+      </c>
+      <c r="P56" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>324</v>
+      </c>
+      <c r="B57" t="s">
+        <v>325</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>326</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>200</v>
+      </c>
+      <c r="G57" t="s">
+        <v>268</v>
+      </c>
+      <c r="H57">
+        <v>2021</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>327</v>
+      </c>
+      <c r="L57" t="s">
+        <v>328</v>
+      </c>
+      <c r="M57" t="s">
+        <v>216</v>
+      </c>
+      <c r="N57" t="s">
+        <v>329</v>
+      </c>
+      <c r="O57" t="s">
+        <v>330</v>
+      </c>
+      <c r="P57" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>332</v>
+      </c>
+      <c r="B58" t="s">
+        <v>333</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>169</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>200</v>
+      </c>
+      <c r="G58" t="s">
+        <v>334</v>
+      </c>
+      <c r="H58">
+        <v>2019</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>335</v>
+      </c>
+      <c r="K58" t="s">
+        <v>171</v>
+      </c>
+      <c r="L58" t="s">
+        <v>336</v>
+      </c>
+      <c r="M58" t="s">
+        <v>216</v>
+      </c>
+      <c r="N58" t="s">
+        <v>173</v>
+      </c>
+      <c r="O58" t="s">
+        <v>337</v>
+      </c>
+      <c r="P58" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>339</v>
+      </c>
+      <c r="B59" t="s">
+        <v>340</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
         <v>209</v>
       </c>
-      <c r="B50" t="s">
-[...14 lines deleted...]
-      <c r="G50">
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>200</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2020</v>
       </c>
-      <c r="H50"/>
-[...9 lines deleted...]
-      <c r="L50" t="s">
+      <c r="I59"/>
+      <c r="J59" t="s">
         <v>23</v>
       </c>
-      <c r="M50" t="s">
-[...36 lines deleted...]
-      <c r="L51" t="s">
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>105</v>
+      </c>
+      <c r="M59" t="s">
         <v>216</v>
       </c>
-      <c r="M51" t="s">
-[...25 lines deleted...]
-      <c r="G52">
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>341</v>
+      </c>
+      <c r="P59" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>343</v>
+      </c>
+      <c r="B60" t="s">
+        <v>344</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>110</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>200</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2021</v>
       </c>
-      <c r="H52"/>
-[...7 lines deleted...]
-      <c r="L52" t="s">
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>105</v>
+      </c>
+      <c r="M60" t="s">
         <v>216</v>
       </c>
-      <c r="M52" t="s">
-[...25 lines deleted...]
-      <c r="G53">
+      <c r="N60" t="s">
+        <v>34</v>
+      </c>
+      <c r="O60" t="s">
+        <v>345</v>
+      </c>
+      <c r="P60" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>347</v>
+      </c>
+      <c r="B61" t="s">
+        <v>348</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>349</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>200</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2021</v>
       </c>
-      <c r="H53"/>
-[...338 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K61" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>242</v>
+        <v>350</v>
       </c>
       <c r="M61" t="s">
-        <v>29</v>
+        <v>351</v>
       </c>
       <c r="N61" t="s">
-        <v>247</v>
-[...1391 lines deleted...]
-      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="O61" t="s">
         <v>352</v>
       </c>
-      <c r="L93" t="s">
-[...5 lines deleted...]
-      <c r="N93" t="s">
+      <c r="P61" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="94" spans="1:14">
-[...2358 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>