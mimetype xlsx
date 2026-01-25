--- v0 (2025-10-14)
+++ v1 (2026-01-25)
@@ -12,1587 +12,1275 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="497">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
+  </si>
+  <si>
+    <t>Apply to sealed insulating glass unit</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Windows</t>
+    <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>CQC 3117-2020</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
+  </si>
+  <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>CQC3153-2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
+  </si>
+  <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>CQC 3122-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
+  </si>
+  <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>GB 19576-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
+  </si>
+  <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>Other</t>
-[...17 lines deleted...]
-    <t>Doors</t>
+    <t>GB/T 19411-2003, GB/T 20109-2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>GB 37479-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
+  </si>
+  <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>CQC 2209-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
+  </si>
+  <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
+    <t>GB 30721-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
+  </si>
+  <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
+    <t>Industrial Blowers</t>
+  </si>
+  <si>
+    <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
+    <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
+  </si>
+  <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>GB 26920.3-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
+  </si>
+  <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>CQC 3168-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
+  </si>
+  <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
+    <t>CQC 3176-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
+  </si>
+  <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>CQC 3133-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
+  </si>
+  <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>GB 30978-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
+  </si>
+  <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>CQC3188-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
+  </si>
+  <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>CQC 3140-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>GB 17896-2012; GB/T 15144-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
+    <t>Uninterruptable Power Supply</t>
+  </si>
+  <si>
+    <t>CQC 3108-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
+  </si>
+  <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
+    <t>Lighting Controls</t>
+  </si>
+  <si>
+    <t>CQC3146-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
+  </si>
+  <si>
+    <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...682 lines deleted...]
-    <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
+    <t>China Quality Certification Centre</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
-    <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
   </si>
   <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
-    <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
   </si>
   <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
-    <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
   </si>
   <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
-    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
   </si>
   <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
-    <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
   </si>
   <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
-    <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
-[...5 lines deleted...]
-    <t>QB/T 1224-2012</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
+  </si>
+  <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads</t>
+  </si>
+  <si>
+    <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
-    <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
   </si>
   <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
-    <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
   </si>
   <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
   </si>
   <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
-    <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
-[...50 lines deleted...]
-    <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>GB/T 17262</t>
-[...89 lines deleted...]
-    <t>Air Compressors</t>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
+    <t>Water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1856,5751 +1544,3144 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N131"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2011</v>
       </c>
-      <c r="H2">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>33</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>52</v>
+      </c>
+      <c r="K9" t="s">
+        <v>33</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" t="s">
+        <v>33</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>77</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>33</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>33</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>33</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>77</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>52</v>
+      </c>
+      <c r="K15" t="s">
+        <v>33</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" t="s">
+        <v>33</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
-[...8 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K17" t="s">
+        <v>118</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>33</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>33</v>
+      </c>
+      <c r="L19" t="s">
+        <v>131</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>52</v>
+      </c>
+      <c r="K20" t="s">
+        <v>33</v>
+      </c>
+      <c r="L20" t="s">
+        <v>137</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>138</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K21" t="s">
+        <v>33</v>
+      </c>
+      <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>149</v>
+      </c>
+      <c r="K22" t="s">
+        <v>33</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>151</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>156</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>52</v>
+      </c>
+      <c r="K23" t="s">
+        <v>33</v>
+      </c>
+      <c r="L23" t="s">
+        <v>157</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>77</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>33</v>
+      </c>
+      <c r="L24" t="s">
+        <v>162</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2021</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>33</v>
+      </c>
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>172</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>149</v>
+      </c>
+      <c r="K26" t="s">
+        <v>33</v>
+      </c>
+      <c r="L26" t="s">
+        <v>173</v>
+      </c>
+      <c r="M26" t="s">
+        <v>151</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>178</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>33</v>
+      </c>
+      <c r="L27" t="s">
+        <v>179</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>180</v>
+      </c>
+      <c r="P27" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>182</v>
+      </c>
+      <c r="B28" t="s">
+        <v>183</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>184</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>33</v>
+      </c>
+      <c r="L28" t="s">
+        <v>185</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>190</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>52</v>
+      </c>
+      <c r="K29" t="s">
+        <v>33</v>
+      </c>
+      <c r="L29" t="s">
+        <v>191</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>192</v>
+      </c>
+      <c r="P29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>194</v>
+      </c>
+      <c r="B30" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>130</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>52</v>
+      </c>
+      <c r="K30" t="s">
+        <v>33</v>
+      </c>
+      <c r="L30" t="s">
+        <v>196</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>201</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>52</v>
+      </c>
+      <c r="K31" t="s">
+        <v>33</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>205</v>
+      </c>
+      <c r="B32" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>207</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>52</v>
+      </c>
+      <c r="K32" t="s">
+        <v>33</v>
+      </c>
+      <c r="L32" t="s">
+        <v>208</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>209</v>
+      </c>
+      <c r="P32" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>211</v>
+      </c>
+      <c r="B33" t="s">
+        <v>212</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>190</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>52</v>
+      </c>
+      <c r="K33" t="s">
+        <v>33</v>
+      </c>
+      <c r="L33" t="s">
+        <v>213</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>214</v>
+      </c>
+      <c r="P33" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>216</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>218</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>52</v>
+      </c>
+      <c r="K34" t="s">
+        <v>33</v>
+      </c>
+      <c r="L34" t="s">
+        <v>219</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>220</v>
+      </c>
+      <c r="P34" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>222</v>
+      </c>
+      <c r="B35" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>190</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>33</v>
+      </c>
+      <c r="L35" t="s">
+        <v>224</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>225</v>
+      </c>
+      <c r="P35" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>227</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>218</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>33</v>
+      </c>
+      <c r="L36" t="s">
+        <v>229</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>230</v>
+      </c>
+      <c r="P36" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>232</v>
+      </c>
+      <c r="B37" t="s">
+        <v>233</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>218</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2019</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>52</v>
+      </c>
+      <c r="K37" t="s">
+        <v>33</v>
+      </c>
+      <c r="L37" t="s">
+        <v>234</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>235</v>
+      </c>
+      <c r="P37" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>237</v>
+      </c>
+      <c r="B38" t="s">
+        <v>238</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>201</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>33</v>
+      </c>
+      <c r="L38" t="s">
+        <v>239</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>240</v>
+      </c>
+      <c r="P38" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>242</v>
+      </c>
+      <c r="B39" t="s">
+        <v>243</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>201</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>33</v>
+      </c>
+      <c r="L39" t="s">
+        <v>244</v>
+      </c>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>245</v>
+      </c>
+      <c r="P39" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>247</v>
+      </c>
+      <c r="B40" t="s">
+        <v>248</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>124</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>33</v>
+      </c>
+      <c r="L40" t="s">
+        <v>249</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>250</v>
+      </c>
+      <c r="P40" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>252</v>
+      </c>
+      <c r="B41" t="s">
+        <v>253</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>124</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>33</v>
+      </c>
+      <c r="L41" t="s">
+        <v>254</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>255</v>
+      </c>
+      <c r="P41" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" t="s">
+        <v>258</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>259</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>33</v>
+      </c>
+      <c r="L42" t="s">
+        <v>260</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>261</v>
+      </c>
+      <c r="P42" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
+        <v>264</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...37 lines deleted...]
-      <c r="L3" t="s">
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2018</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>149</v>
+      </c>
+      <c r="K43" t="s">
+        <v>33</v>
+      </c>
+      <c r="L43" t="s">
+        <v>265</v>
+      </c>
+      <c r="M43" t="s">
+        <v>151</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>266</v>
+      </c>
+      <c r="P43" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>268</v>
+      </c>
+      <c r="B44" t="s">
+        <v>269</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>149</v>
+      </c>
+      <c r="K44" t="s">
+        <v>33</v>
+      </c>
+      <c r="L44" t="s">
+        <v>270</v>
+      </c>
+      <c r="M44" t="s">
+        <v>151</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>271</v>
+      </c>
+      <c r="P44" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>273</v>
+      </c>
+      <c r="B45" t="s">
+        <v>274</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>275</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2018</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K45" t="s">
+        <v>33</v>
+      </c>
+      <c r="L45" t="s">
+        <v>276</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>277</v>
+      </c>
+      <c r="P45" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>279</v>
+      </c>
+      <c r="B46" t="s">
+        <v>280</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>281</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...37 lines deleted...]
-      <c r="L4" t="s">
+      <c r="L46" t="s">
+        <v>282</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>283</v>
+      </c>
+      <c r="O46" t="s">
+        <v>284</v>
+      </c>
+      <c r="P46" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>286</v>
+      </c>
+      <c r="B47" t="s">
+        <v>287</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>288</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
+      <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...1854 lines deleted...]
-      </c>
       <c r="L47" t="s">
-        <v>23</v>
+        <v>289</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N47" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>283</v>
+      </c>
+      <c r="O47" t="s">
+        <v>290</v>
+      </c>
+      <c r="P47" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>194</v>
+        <v>292</v>
       </c>
       <c r="B48" t="s">
-        <v>15</v>
+        <v>293</v>
       </c>
       <c r="C48" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>281</v>
       </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K48" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>197</v>
+        <v>294</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N48" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>283</v>
+      </c>
+      <c r="O48" t="s">
+        <v>295</v>
+      </c>
+      <c r="P48" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>199</v>
+        <v>297</v>
       </c>
       <c r="B49" t="s">
-        <v>15</v>
+        <v>298</v>
       </c>
       <c r="C49" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>299</v>
       </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2016</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K49" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
+        <v>300</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>283</v>
+      </c>
+      <c r="O49" t="s">
+        <v>301</v>
+      </c>
+      <c r="P49" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>303</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>299</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
         <v>23</v>
       </c>
-      <c r="M49" t="s">
+      <c r="K50" t="s">
         <v>24</v>
       </c>
-      <c r="N49" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L50" t="s">
-        <v>23</v>
+        <v>305</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N50" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>283</v>
+      </c>
+      <c r="O50" t="s">
+        <v>306</v>
+      </c>
+      <c r="P50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>205</v>
+        <v>308</v>
       </c>
       <c r="B51" t="s">
-        <v>15</v>
+        <v>309</v>
       </c>
       <c r="C51" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>299</v>
       </c>
       <c r="E51" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K51" t="s">
-        <v>207</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
+        <v>310</v>
+      </c>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>283</v>
+      </c>
+      <c r="O51" t="s">
+        <v>311</v>
+      </c>
+      <c r="P51" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>313</v>
+      </c>
+      <c r="B52" t="s">
+        <v>314</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>111</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2016</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>52</v>
+      </c>
+      <c r="K52" t="s">
+        <v>33</v>
+      </c>
+      <c r="L52" t="s">
+        <v>315</v>
+      </c>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>316</v>
+      </c>
+      <c r="P52" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>318</v>
+      </c>
+      <c r="B53" t="s">
+        <v>319</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>259</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
         <v>23</v>
       </c>
-      <c r="M51" t="s">
-[...40 lines deleted...]
-      <c r="L52" t="s">
+      <c r="K53" t="s">
+        <v>33</v>
+      </c>
+      <c r="L53" t="s">
+        <v>320</v>
+      </c>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>283</v>
+      </c>
+      <c r="O53" t="s">
+        <v>321</v>
+      </c>
+      <c r="P53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>323</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>325</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>52</v>
+      </c>
+      <c r="K54" t="s">
+        <v>326</v>
+      </c>
+      <c r="L54" t="s">
+        <v>327</v>
+      </c>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>328</v>
+      </c>
+      <c r="P54" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>330</v>
+      </c>
+      <c r="B55" t="s">
+        <v>331</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>105</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>52</v>
+      </c>
+      <c r="K55" t="s">
+        <v>326</v>
+      </c>
+      <c r="L55" t="s">
+        <v>332</v>
+      </c>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>333</v>
+      </c>
+      <c r="P55" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>335</v>
+      </c>
+      <c r="B56" t="s">
+        <v>336</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>337</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2009</v>
+      </c>
+      <c r="I56">
+        <v>2016</v>
+      </c>
+      <c r="J56" t="s">
         <v>23</v>
       </c>
-      <c r="M52" t="s">
-[...28 lines deleted...]
-      <c r="H53">
+      <c r="K56" t="s">
+        <v>33</v>
+      </c>
+      <c r="L56" t="s">
+        <v>338</v>
+      </c>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>339</v>
+      </c>
+      <c r="P56" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>341</v>
+      </c>
+      <c r="B57" t="s">
+        <v>342</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>343</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2019</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>33</v>
+      </c>
+      <c r="L57" t="s">
+        <v>344</v>
+      </c>
+      <c r="M57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>345</v>
+      </c>
+      <c r="P57" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>347</v>
+      </c>
+      <c r="B58" t="s">
+        <v>348</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>349</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2020</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>33</v>
+      </c>
+      <c r="L58" t="s">
+        <v>350</v>
+      </c>
+      <c r="M58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>351</v>
+      </c>
+      <c r="O58" t="s">
+        <v>352</v>
+      </c>
+      <c r="P58" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>354</v>
+      </c>
+      <c r="B59" t="s">
+        <v>355</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>356</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2018</v>
       </c>
-      <c r="I53" t="s">
-[...263 lines deleted...]
-      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="K59" t="s">
-        <v>225</v>
+        <v>118</v>
       </c>
       <c r="L59" t="s">
-        <v>23</v>
+        <v>357</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>358</v>
       </c>
       <c r="N59" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>359</v>
+      </c>
+      <c r="P59" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>236</v>
+        <v>361</v>
       </c>
       <c r="B60" t="s">
-        <v>15</v>
+        <v>362</v>
       </c>
       <c r="C60" t="s">
-        <v>237</v>
+        <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>363</v>
       </c>
       <c r="E60" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>37</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2021</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="K60" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="L60" t="s">
-        <v>23</v>
+        <v>364</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>358</v>
       </c>
       <c r="N60" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>365</v>
+      </c>
+      <c r="P60" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>240</v>
+        <v>367</v>
       </c>
       <c r="B61" t="s">
-        <v>15</v>
+        <v>368</v>
       </c>
       <c r="C61" t="s">
-        <v>139</v>
+        <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>369</v>
       </c>
       <c r="E61" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>370</v>
+      </c>
+      <c r="G61" t="s">
+        <v>371</v>
       </c>
       <c r="H61">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>32</v>
+        <v>372</v>
       </c>
       <c r="K61" t="s">
-        <v>241</v>
+        <v>33</v>
       </c>
       <c r="L61" t="s">
-        <v>23</v>
+        <v>373</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="N61" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>375</v>
+      </c>
+      <c r="P61" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>243</v>
+        <v>377</v>
       </c>
       <c r="B62" t="s">
-        <v>15</v>
+        <v>378</v>
       </c>
       <c r="C62" t="s">
-        <v>244</v>
+        <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>379</v>
       </c>
       <c r="E62" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>380</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>32</v>
+        <v>381</v>
       </c>
       <c r="K62" t="s">
-        <v>245</v>
+        <v>118</v>
       </c>
       <c r="L62" t="s">
-        <v>23</v>
+        <v>382</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>383</v>
       </c>
       <c r="N62" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>384</v>
+      </c>
+      <c r="O62" t="s">
+        <v>385</v>
+      </c>
+      <c r="P62" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>387</v>
       </c>
       <c r="B63" t="s">
-        <v>15</v>
+        <v>388</v>
       </c>
       <c r="C63" t="s">
-        <v>248</v>
+        <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>389</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>32</v>
+        <v>390</v>
       </c>
       <c r="K63" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N63" t="s">
-        <v>250</v>
-[...413 lines deleted...]
-      <c r="K73" t="s">
         <v>283</v>
       </c>
-      <c r="L73" t="s">
-[...1360 lines deleted...]
-      <c r="K105" t="s">
+      <c r="O63" t="s">
         <v>392</v>
       </c>
-      <c r="L105" t="s">
-[...5 lines deleted...]
-      <c r="N105" t="s">
+      <c r="P63" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="106" spans="1:14">
-[...1116 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>