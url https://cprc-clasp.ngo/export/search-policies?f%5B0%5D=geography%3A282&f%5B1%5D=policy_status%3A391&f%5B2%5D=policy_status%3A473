--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="855">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="816">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1651,121 +1651,91 @@
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
-[...2 lines deleted...]
-    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
-[...11 lines deleted...]
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
-[...13 lines deleted...]
-  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
     <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
   </si>
   <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
@@ -1803,62 +1773,50 @@
   <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
-[...10 lines deleted...]
-  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
     <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
     <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
   </si>
   <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
@@ -1882,190 +1840,160 @@
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
     <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
     <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
-  </si>
-[...13 lines deleted...]
-    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
     <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
   </si>
   <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
-  </si>
-[...16 lines deleted...]
-    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -2112,65 +2040,50 @@
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
     <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...13 lines deleted...]
-  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
     <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
   </si>
   <si>
     <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
@@ -2254,67 +2167,50 @@
   <si>
     <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
-[...15 lines deleted...]
-  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
     <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
     <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
@@ -2333,65 +2229,50 @@
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
     <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
   </si>
   <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
-  </si>
-[...13 lines deleted...]
-    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
     <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
     <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
   </si>
@@ -2582,104 +2463,117 @@
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...8 lines deleted...]
-    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2983,51 +2877,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P154"/>
+  <dimension ref="A1:P145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -7679,3066 +7573,2618 @@
       <c r="A94" t="s">
         <v>542</v>
       </c>
       <c r="B94" t="s">
         <v>543</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
         <v>544</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>520</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>1989</v>
       </c>
       <c r="I94">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="J94" t="s">
-        <v>69</v>
+        <v>545</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>76</v>
+        <v>546</v>
       </c>
       <c r="M94" t="s">
-        <v>49</v>
+        <v>547</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="P94" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B95" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>520</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="I95">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J95" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
-      <c r="L95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L95"/>
       <c r="M95" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="P95" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B96" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>376</v>
+        <v>54</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>520</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I96">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J96" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="M96" t="s">
         <v>49</v>
       </c>
       <c r="N96" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O96" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="P96" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B97" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>561</v>
+        <v>143</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>520</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="I97">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="J97" t="s">
+        <v>69</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
         <v>562</v>
       </c>
-      <c r="K97" t="s">
-[...2 lines deleted...]
-      <c r="L97"/>
       <c r="M97" t="s">
-        <v>551</v>
+        <v>49</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>563</v>
       </c>
       <c r="P97" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>565</v>
       </c>
       <c r="B98" t="s">
         <v>566</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>520</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="I98">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J98" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>567</v>
       </c>
       <c r="M98" t="s">
         <v>49</v>
       </c>
       <c r="N98" t="s">
         <v>96</v>
       </c>
       <c r="O98" t="s">
         <v>568</v>
       </c>
       <c r="P98" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>570</v>
       </c>
       <c r="B99" t="s">
         <v>571</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
         <v>143</v>
       </c>
       <c r="E99" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="F99" t="s">
         <v>520</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2003</v>
       </c>
       <c r="I99">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J99" t="s">
         <v>69</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
         <v>572</v>
       </c>
       <c r="M99" t="s">
         <v>49</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>573</v>
       </c>
       <c r="P99" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>575</v>
       </c>
       <c r="B100" t="s">
         <v>576</v>
       </c>
       <c r="C100" t="s">
         <v>18</v>
       </c>
       <c r="D100" t="s">
-        <v>81</v>
+        <v>438</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>520</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="I100">
-        <v>2020</v>
+        <v>2005</v>
       </c>
       <c r="J100" t="s">
         <v>69</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
         <v>577</v>
       </c>
       <c r="M100" t="s">
         <v>49</v>
       </c>
       <c r="N100" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>578</v>
       </c>
       <c r="P100" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>580</v>
       </c>
       <c r="B101" t="s">
         <v>581</v>
       </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
-        <v>143</v>
+        <v>101</v>
       </c>
       <c r="E101" t="s">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>520</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="I101">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="J101" t="s">
         <v>69</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>582</v>
+        <v>48</v>
       </c>
       <c r="M101" t="s">
         <v>49</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
+        <v>582</v>
+      </c>
+      <c r="P101" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
+        <v>584</v>
+      </c>
+      <c r="B102" t="s">
         <v>585</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
-        <v>438</v>
+        <v>242</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>520</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I102">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="J102" t="s">
         <v>69</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="M102" t="s">
         <v>49</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
+        <v>587</v>
+      </c>
+      <c r="P102" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
+        <v>589</v>
+      </c>
+      <c r="B103" t="s">
         <v>590</v>
       </c>
-      <c r="B103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
-        <v>376</v>
+        <v>94</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>520</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="I103">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="J103" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>377</v>
+        <v>591</v>
       </c>
       <c r="M103" t="s">
         <v>49</v>
       </c>
       <c r="N103" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O103" t="s">
         <v>592</v>
       </c>
       <c r="P103" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>594</v>
       </c>
       <c r="B104" t="s">
         <v>595</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
-        <v>101</v>
+        <v>211</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>520</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="I104">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J104" t="s">
         <v>69</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>48</v>
+        <v>212</v>
       </c>
       <c r="M104" t="s">
         <v>49</v>
       </c>
       <c r="N104" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O104" t="s">
         <v>596</v>
       </c>
       <c r="P104" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>598</v>
       </c>
       <c r="B105" t="s">
         <v>599</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
-        <v>242</v>
+        <v>366</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>520</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="I105">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J105" t="s">
-        <v>69</v>
+        <v>521</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
         <v>600</v>
       </c>
       <c r="M105" t="s">
         <v>49</v>
       </c>
       <c r="N105" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O105" t="s">
         <v>601</v>
       </c>
       <c r="P105" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>603</v>
       </c>
       <c r="B106" t="s">
         <v>604</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>94</v>
+        <v>143</v>
       </c>
       <c r="E106" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="F106" t="s">
         <v>520</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="I106">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="J106" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
         <v>605</v>
       </c>
       <c r="M106" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="N106" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="P106" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B107" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>211</v>
+        <v>61</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>520</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="I107">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J107" t="s">
         <v>69</v>
       </c>
       <c r="K107" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="L107" t="s">
-        <v>212</v>
+        <v>611</v>
       </c>
       <c r="M107" t="s">
         <v>49</v>
       </c>
       <c r="N107" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="P107" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B108" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>366</v>
+        <v>398</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>520</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>616</v>
       </c>
       <c r="H108">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I108">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="J108" t="s">
-        <v>521</v>
+        <v>69</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>614</v>
+        <v>399</v>
       </c>
       <c r="M108" t="s">
         <v>49</v>
       </c>
       <c r="N108" t="s">
         <v>96</v>
       </c>
       <c r="O108" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="P108" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B109" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
-        <v>376</v>
+        <v>621</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>520</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H109">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="I109">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J109" t="s">
-        <v>69</v>
+        <v>622</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="M109" t="s">
-        <v>49</v>
+        <v>528</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="P109" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B110" t="s">
-        <v>623</v>
+        <v>251</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
-        <v>143</v>
+        <v>46</v>
       </c>
       <c r="E110" t="s">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>520</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I110">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="J110" t="s">
         <v>69</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="M110" t="s">
-        <v>625</v>
+        <v>49</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="P110" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B111" t="s">
-        <v>629</v>
+        <v>227</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>520</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
-        <v>2006</v>
+        <v>1989</v>
       </c>
       <c r="I111">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J111" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="K111" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M111" t="s">
-        <v>49</v>
+        <v>528</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="P111" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B112" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C112" t="s">
-        <v>18</v>
+        <v>636</v>
       </c>
       <c r="D112" t="s">
-        <v>398</v>
+        <v>637</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>520</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I112">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J112" t="s">
-        <v>69</v>
+        <v>545</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>399</v>
+        <v>638</v>
       </c>
       <c r="M112" t="s">
-        <v>49</v>
+        <v>547</v>
       </c>
       <c r="N112" t="s">
-        <v>96</v>
+        <v>639</v>
       </c>
       <c r="O112" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="P112" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="B113" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C113" t="s">
-        <v>639</v>
+        <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>520</v>
       </c>
       <c r="G113" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H113">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I113">
-        <v>2025</v>
+        <v>2008</v>
       </c>
       <c r="J113" t="s">
-        <v>641</v>
+        <v>69</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="M113" t="s">
-        <v>528</v>
+        <v>49</v>
       </c>
       <c r="N113" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O113" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="P113" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B114" t="s">
-        <v>251</v>
+        <v>649</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>520</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2008</v>
       </c>
       <c r="I114">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="J114" t="s">
         <v>69</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="M114" t="s">
         <v>49</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="P114" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="B115" t="s">
-        <v>227</v>
+        <v>654</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>101</v>
+        <v>324</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>520</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I115">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J115" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="M115" t="s">
-        <v>528</v>
+        <v>49</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="P115" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="B116" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>655</v>
+        <v>161</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>520</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I116">
         <v>2015</v>
       </c>
       <c r="J116" t="s">
         <v>69</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>656</v>
+        <v>162</v>
       </c>
       <c r="M116" t="s">
         <v>49</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="P116" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B117" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C117" t="s">
-        <v>639</v>
+        <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>661</v>
+        <v>32</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>520</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I117">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="J117" t="s">
-        <v>549</v>
+        <v>69</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>662</v>
+        <v>33</v>
       </c>
       <c r="M117" t="s">
-        <v>551</v>
+        <v>49</v>
       </c>
       <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
         <v>663</v>
       </c>
-      <c r="O117" t="s">
+      <c r="P117" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
+        <v>665</v>
+      </c>
+      <c r="B118" t="s">
         <v>666</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
         <v>667</v>
-      </c>
-[...4 lines deleted...]
-        <v>668</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>520</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I118">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="J118" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
+        <v>668</v>
+      </c>
+      <c r="M118" t="s">
+        <v>528</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
         <v>669</v>
       </c>
-      <c r="M118" t="s">
-[...5 lines deleted...]
-      <c r="O118" t="s">
+      <c r="P118" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
+        <v>671</v>
+      </c>
+      <c r="B119" t="s">
         <v>672</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>520</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I119">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="J119" t="s">
         <v>69</v>
       </c>
       <c r="K119" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="L119" t="s">
         <v>674</v>
       </c>
       <c r="M119" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="N119" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="O119" t="s">
         <v>675</v>
       </c>
       <c r="P119" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>677</v>
       </c>
       <c r="B120" t="s">
         <v>678</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>324</v>
+        <v>679</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>520</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I120">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J120" t="s">
         <v>69</v>
       </c>
       <c r="K120" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="L120" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="M120" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="N120" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="O120" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P120" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B121" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>161</v>
+        <v>685</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>520</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I121">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J121" t="s">
         <v>69</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>162</v>
+        <v>686</v>
       </c>
       <c r="M121" t="s">
         <v>49</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="P121" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="B122" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>520</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I122">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="J122" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>687</v>
+        <v>132</v>
       </c>
       <c r="M122" t="s">
         <v>49</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="P122" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B123" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>520</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="I123">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J123" t="s">
         <v>69</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>33</v>
+        <v>695</v>
       </c>
       <c r="M123" t="s">
         <v>49</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="P123" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="B124" t="s">
-        <v>695</v>
+        <v>116</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>696</v>
+        <v>117</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>520</v>
       </c>
       <c r="G124" t="s">
-        <v>22</v>
+        <v>526</v>
       </c>
       <c r="H124">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I124">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="J124" t="s">
-        <v>23</v>
+        <v>545</v>
       </c>
       <c r="K124" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="L124" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="M124" t="s">
-        <v>528</v>
+        <v>49</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="P124" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B125" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>520</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I125">
         <v>2020</v>
       </c>
       <c r="J125" t="s">
         <v>69</v>
       </c>
       <c r="K125" t="s">
         <v>450</v>
       </c>
       <c r="L125" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="M125" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="N125" t="s">
         <v>452</v>
       </c>
       <c r="O125" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="P125" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B126" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>520</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I126">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J126" t="s">
         <v>69</v>
       </c>
       <c r="K126" t="s">
         <v>450</v>
       </c>
       <c r="L126" t="s">
-        <v>709</v>
+        <v>674</v>
       </c>
       <c r="M126" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="N126" t="s">
         <v>452</v>
       </c>
       <c r="O126" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="P126" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B127" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
-        <v>714</v>
+        <v>125</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>520</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I127">
         <v>2016</v>
       </c>
       <c r="J127" t="s">
         <v>69</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
         <v>715</v>
       </c>
       <c r="M127" t="s">
         <v>49</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
         <v>716</v>
       </c>
       <c r="P127" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>718</v>
       </c>
       <c r="B128" t="s">
         <v>719</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>520</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I128">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J128" t="s">
         <v>69</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>132</v>
+        <v>720</v>
       </c>
       <c r="M128" t="s">
         <v>49</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="P128" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B129" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
-        <v>131</v>
+        <v>725</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>520</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I129">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J129" t="s">
         <v>69</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="M129" t="s">
         <v>49</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="P129" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B130" t="s">
-        <v>116</v>
+        <v>730</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>117</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>520</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="I130">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J130" t="s">
         <v>69</v>
       </c>
       <c r="K130" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="M130" t="s">
         <v>49</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="P130" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="B131" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>520</v>
       </c>
       <c r="G131" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H131">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I131">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="J131" t="s">
-        <v>562</v>
+        <v>69</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="M131" t="s">
-        <v>551</v>
+        <v>49</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="P131" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B132" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>738</v>
+        <v>679</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>520</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I132">
         <v>2020</v>
       </c>
       <c r="J132" t="s">
         <v>69</v>
       </c>
       <c r="K132" t="s">
         <v>450</v>
       </c>
       <c r="L132" t="s">
-        <v>739</v>
+        <v>705</v>
       </c>
       <c r="M132" t="s">
-        <v>625</v>
+        <v>741</v>
       </c>
       <c r="N132" t="s">
         <v>452</v>
       </c>
       <c r="O132" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="P132" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B133" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>520</v>
       </c>
       <c r="G133" t="s">
-        <v>22</v>
+        <v>526</v>
       </c>
       <c r="H133">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I133">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J133" t="s">
-        <v>69</v>
+        <v>545</v>
       </c>
       <c r="K133" t="s">
-        <v>450</v>
+        <v>62</v>
       </c>
       <c r="L133" t="s">
-        <v>703</v>
+        <v>747</v>
       </c>
       <c r="M133" t="s">
-        <v>625</v>
+        <v>49</v>
       </c>
       <c r="N133" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="P133" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B134" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>125</v>
+        <v>277</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>520</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="I134">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J134" t="s">
         <v>69</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="M134" t="s">
         <v>49</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="P134" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B135" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>143</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>520</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I135">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J135" t="s">
         <v>69</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="M135" t="s">
         <v>49</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="P135" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B136" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
-        <v>376</v>
+        <v>211</v>
       </c>
       <c r="E136" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="F136" t="s">
         <v>520</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="I136">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J136" t="s">
         <v>69</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="M136" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="P136" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B137" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
-        <v>764</v>
+        <v>211</v>
       </c>
       <c r="E137" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="F137" t="s">
         <v>520</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I137">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J137" t="s">
         <v>69</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="M137" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="P137" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B138" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
-        <v>117</v>
+        <v>211</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>520</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I138">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J138" t="s">
         <v>69</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="M138" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="N138" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O138" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="P138" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B139" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>520</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="I139">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J139" t="s">
         <v>69</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="M139" t="s">
-        <v>49</v>
+        <v>606</v>
       </c>
       <c r="N139" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O139" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="P139" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B140" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
-        <v>708</v>
+        <v>463</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>520</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I140">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J140" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="K140" t="s">
         <v>450</v>
       </c>
       <c r="L140" t="s">
-        <v>739</v>
+        <v>782</v>
       </c>
       <c r="M140" t="s">
-        <v>780</v>
+        <v>528</v>
       </c>
       <c r="N140" t="s">
         <v>452</v>
       </c>
       <c r="O140" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="P140" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B141" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
-        <v>785</v>
+        <v>498</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>520</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="I141">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J141" t="s">
-        <v>69</v>
+        <v>545</v>
       </c>
       <c r="K141" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M141" t="s">
-        <v>49</v>
+        <v>547</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P141" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B142" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>277</v>
+        <v>438</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>520</v>
       </c>
       <c r="G142" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H142">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I142">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="J142" t="s">
-        <v>69</v>
+        <v>534</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="M142" t="s">
-        <v>49</v>
+        <v>547</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="P142" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B143" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>143</v>
+        <v>797</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>520</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H143">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="I143">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="J143" t="s">
-        <v>69</v>
+        <v>798</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="M143" t="s">
-        <v>49</v>
+        <v>547</v>
       </c>
       <c r="N143" t="s">
-        <v>27</v>
+        <v>800</v>
       </c>
       <c r="O143" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="P143" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="B144" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
-        <v>211</v>
+        <v>805</v>
       </c>
       <c r="E144" t="s">
         <v>180</v>
       </c>
       <c r="F144" t="s">
-        <v>520</v>
+        <v>806</v>
       </c>
       <c r="G144" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H144">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I144">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="J144" t="s">
-        <v>69</v>
+        <v>807</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
-      <c r="L144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>625</v>
+        <v>808</v>
       </c>
       <c r="N144" t="s">
-        <v>27</v>
+        <v>800</v>
       </c>
       <c r="O144" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="P144" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B145" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
-        <v>211</v>
+        <v>432</v>
       </c>
       <c r="E145" t="s">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>520</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="I145">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J145" t="s">
         <v>69</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="M145" t="s">
-        <v>625</v>
+        <v>49</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="P145" t="s">
-        <v>808</v>
-[...56 lines deleted...]
-      <c r="B147" t="s">
         <v>815</v>
-      </c>
-[...386 lines deleted...]
-        <v>854</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">