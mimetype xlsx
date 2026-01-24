--- v0 (2025-11-13)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -194,66 +194,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -958,124 +961,124 @@
       </c>
       <c r="P7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="H8">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M8" t="s">
         <v>44</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>41</v>
       </c>
       <c r="G9" t="s">
         <v>8</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9">
         <v>2025</v>
       </c>
       <c r="J9" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="K9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">