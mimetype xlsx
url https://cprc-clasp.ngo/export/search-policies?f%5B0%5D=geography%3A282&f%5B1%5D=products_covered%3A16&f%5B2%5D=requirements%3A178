--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,541 +12,752 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -810,1619 +1021,1832 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="454.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>42</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...156 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
-      <c r="I6" t="s">
-        <v>20</v>
+      <c r="I6">
+        <v>2011</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
-[...25 lines deleted...]
-      <c r="G7">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
         <v>2013</v>
       </c>
-      <c r="H7">
-[...2 lines deleted...]
-      <c r="I7" t="s">
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
         <v>33</v>
       </c>
-      <c r="J7" t="s">
-[...5 lines deleted...]
-      <c r="L7" t="s">
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
-[...40 lines deleted...]
-      <c r="L8" t="s">
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2005</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="M8" t="s">
-[...40 lines deleted...]
-      <c r="L9" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...31 lines deleted...]
-      <c r="I10" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
         <v>33</v>
       </c>
-      <c r="J10" t="s">
-[...5 lines deleted...]
-      <c r="L10" t="s">
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>90</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>92</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
-[...72 lines deleted...]
-      <c r="H12">
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>131</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>42</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>124</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
         <v>2021</v>
       </c>
-      <c r="I12" t="s">
-[...265 lines deleted...]
-      <c r="K18" t="s">
+      <c r="J20" t="s">
         <v>90</v>
       </c>
-      <c r="L18" t="s">
-[...10 lines deleted...]
-      <c r="A19" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
         <v>92</v>
       </c>
-      <c r="B19" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2010</v>
       </c>
-      <c r="I21" t="s">
-        <v>20</v>
+      <c r="I21">
+        <v>2010</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>141</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>39</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>40</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>146</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>147</v>
+      </c>
+      <c r="P22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>149</v>
+      </c>
+      <c r="B23" t="s">
+        <v>150</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>40</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>118</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>40</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>156</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>60</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>40</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>33</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>40</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>171</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>40</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>172</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>175</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>54</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>40</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>177</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>178</v>
+      </c>
+      <c r="P28" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" t="s">
+        <v>181</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>182</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
         <v>23</v>
       </c>
-      <c r="M21" t="s">
-[...13 lines deleted...]
-      <c r="C22" t="s">
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>183</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>171</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>33</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>40</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>188</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>189</v>
+      </c>
+      <c r="O30" t="s">
+        <v>190</v>
+      </c>
+      <c r="P30" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" t="s">
+        <v>193</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>194</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>33</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31">
+        <v>2016</v>
+      </c>
+      <c r="J31" t="s">
+        <v>40</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>195</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>198</v>
+      </c>
+      <c r="B32" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>200</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>201</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>202</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
         <v>32</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="G22">
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33">
+        <v>2018</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>207</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>208</v>
+      </c>
+      <c r="P33" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>210</v>
+      </c>
+      <c r="B34" t="s">
+        <v>211</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>200</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34">
         <v>2015</v>
       </c>
-      <c r="H22"/>
-[...9 lines deleted...]
-      <c r="L22" t="s">
+      <c r="J34" t="s">
         <v>23</v>
       </c>
-      <c r="M22" t="s">
-[...38 lines deleted...]
-      <c r="L23" t="s">
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>212</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>213</v>
+      </c>
+      <c r="P34" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>215</v>
+      </c>
+      <c r="B35" t="s">
+        <v>216</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>182</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
         <v>23</v>
       </c>
-      <c r="M23" t="s">
-[...508 lines deleted...]
-      </c>
       <c r="K35" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>23</v>
+        <v>217</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N35" t="s">
-        <v>149</v>
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>218</v>
+      </c>
+      <c r="P35" t="s">
+        <v>219</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>