--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -12,357 +12,469 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -626,881 +738,992 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="174" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8">
+        <v>2001</v>
+      </c>
+      <c r="I8">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>55</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F11" t="s">
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>55</v>
+      </c>
+      <c r="N11" t="s">
+        <v>82</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>80</v>
+      </c>
+      <c r="G12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>82</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>80</v>
+      </c>
+      <c r="G13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>82</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>80</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>25</v>
+      </c>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>82</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>80</v>
+      </c>
+      <c r="G15" t="s">
+        <v>103</v>
+      </c>
+      <c r="H15" t="s">
+        <v>104</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>105</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>97</v>
+      </c>
+      <c r="N15" t="s">
+        <v>82</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>80</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>97</v>
+      </c>
+      <c r="N16" t="s">
+        <v>82</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L17" t="s">
+        <v>115</v>
+      </c>
+      <c r="M17" t="s">
+        <v>97</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>116</v>
+      </c>
+      <c r="P17" t="s">
+        <v>117</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>118</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>120</v>
+      </c>
+      <c r="D18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" t="s">
+        <v>80</v>
+      </c>
+      <c r="G18" t="s">
+        <v>103</v>
+      </c>
+      <c r="H18">
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>121</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>123</v>
+      </c>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...674 lines deleted...]
-        <v>88</v>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>