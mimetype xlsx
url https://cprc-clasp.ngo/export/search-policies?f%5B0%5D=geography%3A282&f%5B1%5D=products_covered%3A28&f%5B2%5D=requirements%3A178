--- v0 (2025-11-27)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -180,53 +180,50 @@
     <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
   </si>
   <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
     <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
@@ -565,51 +562,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="124.97" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="476.455" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -887,88 +884,88 @@
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H7">
         <v>2025</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">