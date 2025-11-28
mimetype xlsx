--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,363 +12,469 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -632,937 +738,1052 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="478.883" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>33</v>
+      </c>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>43</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="H2">
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>43</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>66</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>79</v>
+      </c>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>68</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>65</v>
+      </c>
+      <c r="F13" t="s">
+        <v>66</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>73</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>68</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>68</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F15" t="s">
+        <v>100</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>73</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>101</v>
+      </c>
+      <c r="M15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>100</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1989</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>73</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" t="s">
+        <v>43</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>100</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L17" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" t="s">
+        <v>112</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>100</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
         <v>2016</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="J18" t="s">
+        <v>73</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>50</v>
+      </c>
+      <c r="M18" t="s">
+        <v>43</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F19" t="s">
+        <v>100</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>73</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>122</v>
+      </c>
+      <c r="N19" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...684 lines deleted...]
-        <v>89</v>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>