--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,185 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -454,239 +473,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="110" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="454.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2002</v>
       </c>
-      <c r="H2">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>31</v>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>