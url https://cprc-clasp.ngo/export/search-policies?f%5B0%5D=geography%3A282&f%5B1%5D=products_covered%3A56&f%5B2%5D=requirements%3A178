--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -12,251 +12,306 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,497 +575,554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="280.646" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>47</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...290 lines deleted...]
-        <v>53</v>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>