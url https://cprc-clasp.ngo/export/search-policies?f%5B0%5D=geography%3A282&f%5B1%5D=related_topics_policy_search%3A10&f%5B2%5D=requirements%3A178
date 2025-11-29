--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,314 +12,409 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,655 +678,736 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="140" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="536.726" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>75</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>83</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>90</v>
+      </c>
+      <c r="G12" t="s">
+        <v>91</v>
+      </c>
+      <c r="H12">
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>75</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>83</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>19</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...446 lines deleted...]
-        <v>74</v>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>