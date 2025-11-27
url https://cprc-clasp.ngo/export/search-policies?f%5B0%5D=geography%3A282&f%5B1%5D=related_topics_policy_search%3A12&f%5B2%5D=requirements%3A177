--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,437 +12,597 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -706,1225 +866,1384 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="193" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="519.016" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...21 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G4" t="s">
+        <v>39</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
-      <c r="I4" t="s">
-        <v>20</v>
+      <c r="I4">
+        <v>2010</v>
       </c>
       <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...22 lines deleted...]
-      <c r="F5" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
+        <v>2005</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>65</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...25 lines deleted...]
-      <c r="A6" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...17 lines deleted...]
-      <c r="H6">
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11">
         <v>2024</v>
       </c>
-      <c r="I6" t="s">
-[...100 lines deleted...]
-      <c r="N8" t="s">
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>52</v>
       </c>
-    </row>
-[...151 lines deleted...]
-      <c r="G12">
+      <c r="G12" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12">
         <v>2007</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2014</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>39</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
-      <c r="I13" t="s">
-        <v>50</v>
+      <c r="I13">
+        <v>2008</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L13" t="s">
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="M13" t="s">
-[...25 lines deleted...]
-      <c r="G14">
+      <c r="K14" t="s">
+        <v>98</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H14">
-[...11 lines deleted...]
-      <c r="L14" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>65</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="M14" t="s">
-[...38 lines deleted...]
-      <c r="L15" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>105</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>105</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>65</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>105</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" t="s">
+        <v>128</v>
+      </c>
+      <c r="H19" t="s">
+        <v>129</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>130</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>105</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>65</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
+        <v>105</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
         <v>76</v>
       </c>
-      <c r="M15" t="s">
-[...38 lines deleted...]
-      <c r="L16" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" t="s">
+        <v>39</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>65</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>105</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
         <v>76</v>
       </c>
-      <c r="M16" t="s">
-[...25 lines deleted...]
-      <c r="G17">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>39</v>
+      </c>
+      <c r="H22">
+        <v>2005</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>65</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>105</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>115</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>52</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>65</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>150</v>
+      </c>
+      <c r="M23" t="s">
+        <v>105</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>76</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2020</v>
       </c>
-      <c r="H17"/>
-[...146 lines deleted...]
-      <c r="A21" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>155</v>
+      </c>
+      <c r="M24" t="s">
+        <v>105</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>160</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
+      <c r="M25" t="s">
+        <v>105</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
         <v>97</v>
       </c>
-      <c r="B21" t="s">
-[...121 lines deleted...]
-      <c r="N23" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>52</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
         <v>105</v>
       </c>
-    </row>
-[...121 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>115</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>