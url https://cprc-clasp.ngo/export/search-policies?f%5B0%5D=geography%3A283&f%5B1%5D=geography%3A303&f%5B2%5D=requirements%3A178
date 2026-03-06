--- v0 (2025-11-30)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="641">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="642">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1995,50 +1995,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
@@ -2443,51 +2446,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -7603,352 +7606,352 @@
       </c>
       <c r="P107" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>609</v>
       </c>
       <c r="B108" t="s">
         <v>610</v>
       </c>
       <c r="C108" t="s">
         <v>32</v>
       </c>
       <c r="D108" t="s">
         <v>611</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>216</v>
       </c>
       <c r="G108" t="s">
-        <v>80</v>
+        <v>612</v>
       </c>
       <c r="H108">
         <v>2014</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
         <v>575</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="P108" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B109" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C109" t="s">
         <v>32</v>
       </c>
       <c r="D109" t="s">
         <v>55</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>216</v>
       </c>
       <c r="G109" t="s">
         <v>35</v>
       </c>
       <c r="H109">
         <v>2014</v>
       </c>
       <c r="I109">
         <v>2024</v>
       </c>
       <c r="J109" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
         <v>575</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P109" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B110" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C110" t="s">
         <v>32</v>
       </c>
       <c r="D110" t="s">
         <v>287</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>216</v>
       </c>
       <c r="G110" t="s">
         <v>80</v>
       </c>
       <c r="H110">
         <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>121</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
         <v>575</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="P110" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B111" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C111" t="s">
         <v>32</v>
       </c>
       <c r="D111" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>216</v>
       </c>
       <c r="G111" t="s">
         <v>80</v>
       </c>
       <c r="H111">
         <v>2016</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>121</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
         <v>575</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="P111" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B112" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C112" t="s">
         <v>32</v>
       </c>
       <c r="D112" t="s">
         <v>277</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>216</v>
       </c>
       <c r="G112" t="s">
         <v>80</v>
       </c>
       <c r="H112">
         <v>2016</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>121</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
         <v>575</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="P112" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B113" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C113" t="s">
         <v>32</v>
       </c>
       <c r="D113" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>216</v>
       </c>
       <c r="G113" t="s">
         <v>80</v>
       </c>
       <c r="H113">
         <v>2016</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>121</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
         <v>575</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="P113" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B114" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C114" t="s">
         <v>32</v>
       </c>
       <c r="D114" t="s">
         <v>128</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>216</v>
       </c>
       <c r="G114" t="s">
         <v>80</v>
       </c>
       <c r="H114">
         <v>2007</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>121</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>575</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="P114" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">