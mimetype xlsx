--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,337 +12,340 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
-[...199 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
+    <t>Hong Kong SAR of China</t>
+  </si>
+  <si>
+    <t>Water Heating</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>IEC 60379</t>
+  </si>
+  <si>
+    <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
+    <t>Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>IEC 62552</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>ISO 5151
+,   
+                    ISO16358-2
+,   
+                     ISO16358-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62087
+,   
+                    IEC 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>IEC 60456
+,   
+                    JIS C 9606</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
+  </si>
+  <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
+    <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
@@ -1060,1463 +1063,1459 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="I3">
         <v>2021</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="I5">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="I6">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
         <v>38</v>
       </c>
-      <c r="E7" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I8">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J8" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
         <v>67</v>
-      </c>
-[...25 lines deleted...]
-        <v>59</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="H10">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
       <c r="I10">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="N10" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
         <v>80</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>81</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
         <v>82</v>
       </c>
-      <c r="E11" t="s">
-[...14 lines deleted...]
-      <c r="J11" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
         <v>83</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="M11" t="s">
         <v>84</v>
       </c>
-      <c r="M11" t="s">
+      <c r="N11" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>86</v>
       </c>
       <c r="P11" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>88</v>
       </c>
       <c r="B12" t="s">
         <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>90</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M13" t="s">
-        <v>85</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14">
         <v>2016</v>
       </c>
       <c r="J14" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
-        <v>85</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2004</v>
       </c>
       <c r="I15">
         <v>2020</v>
       </c>
       <c r="J15" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2020</v>
       </c>
       <c r="J16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2001</v>
       </c>
       <c r="I18">
         <v>2020</v>
       </c>
       <c r="J18" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2004</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2006</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21">
         <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2020</v>
       </c>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M23" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N23" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="O23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2003</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2001</v>
       </c>
       <c r="I27">
         <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1998</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M28" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2000</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2002</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M30" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P30" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">