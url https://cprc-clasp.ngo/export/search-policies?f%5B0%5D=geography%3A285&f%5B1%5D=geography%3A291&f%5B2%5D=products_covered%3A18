--- v0 (2025-11-26)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -110,136 +110,139 @@
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
 (a) one door or two door;
 (b) can be connected to main power; and
 (c) within the scope of MS IEC 62552-1:2016 or equivalent standard
 IEC 62552-1:2015</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
@@ -743,324 +746,324 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
         <v>2024</v>
       </c>
       <c r="J3" t="s">
         <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2025</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>37</v>
       </c>
       <c r="M4" t="s">
         <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
         <v>49</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
         <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>52</v>
       </c>
       <c r="M5" t="s">
         <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
         <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2020</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
         <v>2020</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">