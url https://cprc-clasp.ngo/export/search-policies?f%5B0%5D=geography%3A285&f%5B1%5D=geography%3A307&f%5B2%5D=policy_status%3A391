--- v0 (2025-11-27)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -476,50 +476,53 @@
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
@@ -548,327 +551,315 @@
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
+  </si>
+  <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
+    <t>US ENERGY STAR</t>
+  </si>
+  <si>
+    <t>Electrical and Mechanical Services Department</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
+  </si>
+  <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>JIA F 031 EN 26:1997 GB 6932</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
+  </si>
+  <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
+  </si>
+  <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
+    <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
+  </si>
+  <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
+    <t>IEC 60929 EN 50924</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
+  </si>
+  <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
+  </si>
+  <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>GB16410-2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
+  </si>
+  <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
+    <t>Induction Cookstoves or Hobs</t>
+  </si>
+  <si>
+    <t>GB 21456 2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
+  </si>
+  <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
+  </si>
+  <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>IEC 62612:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
+  </si>
+  <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
+    <t>CIE 84 IEC IEC 61199</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
+  </si>
+  <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
+  </si>
+  <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
+    <t>Vietnam Decision No. 51/2011/QD-TTg</t>
+  </si>
+  <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2019</t>
-  </si>
-[...268 lines deleted...]
-    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
     <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1178,51 +1169,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P45"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2312,1164 +2303,1116 @@
       </c>
       <c r="P22" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>147</v>
       </c>
       <c r="B23" t="s">
         <v>148</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>149</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>77</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>150</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>149</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>77</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>71</v>
       </c>
       <c r="O24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B25" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>77</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P25" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>77</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>54</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>77</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
       <c r="I27">
         <v>2021</v>
       </c>
       <c r="J27" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P27" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D28" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="I28">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>174</v>
+        <v>68</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>175</v>
+      </c>
       <c r="M28" t="s">
-        <v>25</v>
+        <v>176</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P28" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B29" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C29" t="s">
         <v>31</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>181</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>68</v>
+        <v>182</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="M29" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="P29" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B30" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C30" t="s">
         <v>31</v>
       </c>
       <c r="D30" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="E30" t="s">
         <v>33</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="L30" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="M30" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="P30" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B31" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C31" t="s">
         <v>31</v>
       </c>
       <c r="D31" t="s">
-        <v>193</v>
+        <v>134</v>
       </c>
       <c r="E31" t="s">
         <v>33</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>186</v>
+        <v>68</v>
       </c>
       <c r="K31" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M31" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C32" t="s">
         <v>31</v>
       </c>
       <c r="D32" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="E32" t="s">
         <v>33</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
         <v>68</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M32" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C33" t="s">
         <v>31</v>
       </c>
       <c r="D33" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
         <v>34</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
-        <v>68</v>
+        <v>182</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>205</v>
+        <v>175</v>
       </c>
       <c r="M33" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>206</v>
       </c>
       <c r="P33" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>208</v>
       </c>
       <c r="B34" t="s">
         <v>209</v>
       </c>
       <c r="C34" t="s">
         <v>31</v>
       </c>
       <c r="D34" t="s">
-        <v>165</v>
+        <v>210</v>
       </c>
       <c r="E34" t="s">
         <v>33</v>
       </c>
       <c r="F34" t="s">
         <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I34">
         <v>2020</v>
       </c>
       <c r="J34" t="s">
-        <v>186</v>
+        <v>35</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="L34" t="s">
-        <v>179</v>
+        <v>211</v>
       </c>
       <c r="M34" t="s">
-        <v>180</v>
+        <v>37</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="P34" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B35" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C35" t="s">
         <v>31</v>
       </c>
       <c r="D35" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I35">
         <v>2020</v>
       </c>
       <c r="J35" t="s">
         <v>35</v>
       </c>
       <c r="K35" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
         <v>37</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P35" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C36" t="s">
         <v>31</v>
       </c>
       <c r="D36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E36" t="s">
         <v>33</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
         <v>35</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>222</v>
+      </c>
       <c r="M36" t="s">
         <v>37</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="O36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P36" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B37" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C37" t="s">
         <v>31</v>
       </c>
       <c r="D37" t="s">
-        <v>225</v>
+        <v>160</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I37">
         <v>2020</v>
       </c>
       <c r="J37" t="s">
-        <v>35</v>
+        <v>182</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>37</v>
+        <v>176</v>
       </c>
       <c r="N37" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="O37" t="s">
         <v>227</v>
       </c>
       <c r="P37" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>229</v>
       </c>
       <c r="B38" t="s">
         <v>230</v>
       </c>
       <c r="C38" t="s">
         <v>31</v>
       </c>
       <c r="D38" t="s">
-        <v>159</v>
+        <v>231</v>
       </c>
       <c r="E38" t="s">
         <v>33</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="I38">
         <v>2020</v>
       </c>
       <c r="J38" t="s">
-        <v>186</v>
+        <v>68</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38"/>
+      <c r="L38" t="s">
+        <v>232</v>
+      </c>
       <c r="M38" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="P38" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B39" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C39" t="s">
         <v>31</v>
       </c>
       <c r="D39" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E39" t="s">
         <v>33</v>
       </c>
       <c r="F39" t="s">
         <v>34</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
         <v>68</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="M39" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="P39" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B40" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C40" t="s">
         <v>31</v>
       </c>
       <c r="D40" t="s">
-        <v>241</v>
+        <v>166</v>
       </c>
       <c r="E40" t="s">
         <v>33</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2014</v>
+        <v>2001</v>
       </c>
       <c r="I40">
         <v>2020</v>
       </c>
       <c r="J40" t="s">
-        <v>68</v>
+        <v>182</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>242</v>
+        <v>175</v>
       </c>
       <c r="M40" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
         <v>243</v>
       </c>
       <c r="P40" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>245</v>
       </c>
       <c r="B41" t="s">
         <v>246</v>
       </c>
       <c r="C41" t="s">
         <v>31</v>
       </c>
       <c r="D41" t="s">
-        <v>165</v>
+        <v>231</v>
       </c>
       <c r="E41" t="s">
         <v>33</v>
       </c>
       <c r="F41" t="s">
         <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="I41">
         <v>2020</v>
       </c>
       <c r="J41" t="s">
-        <v>186</v>
+        <v>68</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>179</v>
+        <v>247</v>
       </c>
       <c r="M41" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C42" t="s">
         <v>31</v>
       </c>
       <c r="D42" t="s">
-        <v>235</v>
+        <v>166</v>
       </c>
       <c r="E42" t="s">
         <v>33</v>
       </c>
       <c r="F42" t="s">
         <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="I42">
         <v>2020</v>
       </c>
       <c r="J42" t="s">
-        <v>68</v>
+        <v>182</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>251</v>
+        <v>175</v>
       </c>
       <c r="M42" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
         <v>252</v>
       </c>
       <c r="P42" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>254</v>
       </c>
       <c r="B43" t="s">
         <v>255</v>
       </c>
       <c r="C43" t="s">
         <v>31</v>
       </c>
       <c r="D43" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E43" t="s">
         <v>33</v>
       </c>
       <c r="F43" t="s">
         <v>34</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I43">
         <v>2020</v>
       </c>
       <c r="J43" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="M43" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
         <v>256</v>
       </c>
       <c r="P43" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>258</v>
       </c>
       <c r="B44" t="s">
         <v>259</v>
       </c>
       <c r="C44" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>165</v>
+        <v>260</v>
       </c>
       <c r="E44" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I44">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="J44" t="s">
-        <v>186</v>
+        <v>261</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="P44" t="s">
-        <v>261</v>
-[...6 lines deleted...]
-      <c r="B45" t="s">
         <v>263</v>
-      </c>
-[...38 lines deleted...]
-        <v>266</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">