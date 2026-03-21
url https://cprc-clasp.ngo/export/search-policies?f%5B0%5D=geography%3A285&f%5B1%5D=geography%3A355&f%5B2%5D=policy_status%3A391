--- v0 (2025-11-27)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -184,102 +184,128 @@
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...4 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...1 lines deleted...]
-  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
@@ -892,51 +918,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P26"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1226,1036 +1252,1086 @@
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H7">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="I7">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>63</v>
       </c>
       <c r="P7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>67</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
         <v>68</v>
-      </c>
-[...16 lines deleted...]
-        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
         <v>70</v>
       </c>
-      <c r="M8" t="s">
+      <c r="N8" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>72</v>
       </c>
       <c r="P8" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>76</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F9" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
       <c r="I9">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J9" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>79</v>
       </c>
       <c r="P9" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>81</v>
       </c>
       <c r="B10" t="s">
         <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I10">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="J10" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="M10" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="I11">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="J11" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>62</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>91</v>
       </c>
       <c r="P11" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>93</v>
       </c>
       <c r="B12" t="s">
         <v>94</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2020</v>
       </c>
       <c r="J13" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
         <v>104</v>
       </c>
-      <c r="L13" t="s">
+      <c r="M13" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>106</v>
       </c>
       <c r="P13" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>108</v>
       </c>
       <c r="B14" t="s">
         <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>110</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="I14">
         <v>2020</v>
       </c>
       <c r="J14" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="L14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="I15">
         <v>2020</v>
       </c>
       <c r="J15" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M15" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="I16">
         <v>2020</v>
       </c>
       <c r="J16" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>89</v>
+        <v>124</v>
       </c>
       <c r="M16" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="P16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="K17" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I18">
         <v>2020</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L18"/>
+        <v>111</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
       <c r="M20" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="N20" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>76</v>
+        <v>151</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I21">
         <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I22">
         <v>2020</v>
       </c>
       <c r="J22" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M22" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>89</v>
+        <v>162</v>
       </c>
       <c r="M23" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="P23" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>76</v>
+        <v>129</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>164</v>
+        <v>96</v>
       </c>
       <c r="M24" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>89</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="M26" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>174</v>
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>129</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>103</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>96</v>
+      </c>
+      <c r="M27" t="s">
+        <v>97</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>180</v>
+      </c>
+      <c r="P27" t="s">
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">