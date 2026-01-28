--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -12,212 +12,243 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,327 +512,360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...78 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="N4" t="s">
         <v>37</v>
       </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>1998</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2020</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>