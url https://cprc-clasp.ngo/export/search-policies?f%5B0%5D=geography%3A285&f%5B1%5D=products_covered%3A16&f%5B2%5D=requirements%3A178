--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,241 +12,296 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -510,501 +565,558 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="667.551" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="130.825" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2022</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>34</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
         <v>2020</v>
       </c>
-      <c r="I3" t="s">
-[...11 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...28 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L9" t="s">
         <v>34</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="M9" t="s">
         <v>35</v>
       </c>
-      <c r="L4" t="s">
-[...222 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>49</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>