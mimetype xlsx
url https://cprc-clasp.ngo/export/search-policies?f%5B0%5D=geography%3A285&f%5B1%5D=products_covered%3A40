--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,211 +12,236 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -480,281 +505,308 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="89" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2022</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...72 lines deleted...]
-        <v>39</v>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>