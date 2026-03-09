--- v0 (2025-10-13)
+++ v1 (2026-03-09)
@@ -12,169 +12,182 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -438,195 +451,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="91" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="469.457" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2022</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>