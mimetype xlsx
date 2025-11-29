--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +449,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="93" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="121" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="494.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2014</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>