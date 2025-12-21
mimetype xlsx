--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -12,792 +12,798 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
-[...598 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
+  </si>
+  <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
+    <t>Americas, British Columbia</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>City of Vancouver</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
+  </si>
+  <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>Efficiency Policy for Chillers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>IS 16590 with all amendments</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
+  </si>
+  <si>
+    <t>Efficiency Policy for Deep Freezers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
+    <t>IS 7872 (all amendments)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ceiling Fans</t>
+  </si>
+  <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
+  </si>
+  <si>
+    <t>IS 374:2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
+    <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>IS 1476 (Part-I): 2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
+    <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>LPG</t>
+  </si>
+  <si>
+    <t>IS 4246:2002
+,   
+                    IS 4246:2002</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
+    <t>IS 17550</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>IS 1391:2018 (all amendments)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>IS 1391 (part II)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
+    <t>IS 1391 (part I), IS 1391 (part II)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
+  </si>
+  <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
+  </si>
+  <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
+    <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>IS 16102 (part 2)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
+  </si>
+  <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
+    <t>IEC 62087-3, 2015
+,   
+                    IS 616: 2017
+,   
+                    IEC 60065:2014 Edition 8.0
+,</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
+  </si>
+  <si>
+    <t>IEC 60456:2010 
+,   
+                    IS 302-7-7:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads, Taps or Faucets</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>Bureau of Indian Standards</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
+  </si>
+  <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
@@ -1057,51 +1063,51 @@
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
     <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
@@ -1618,51 +1624,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1702,3096 +1708,3092 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="P3"/>
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="P5"/>
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
       <c r="M8" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
         <v>71</v>
       </c>
-      <c r="N9" t="s">
-[...5 lines deleted...]
-      <c r="P9"/>
+      <c r="P9" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
         <v>73</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D10" t="s">
         <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>76</v>
       </c>
       <c r="H10">
         <v>2023</v>
       </c>
-      <c r="I10">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
         <v>77</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>78</v>
       </c>
       <c r="M10" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N10" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="P10" t="s">
         <v>80</v>
       </c>
+      <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D11" t="s">
         <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="I11">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J11" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N11" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N12" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I13">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J13" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M13" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I14">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="J14" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M14" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
       <c r="J15" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
         <v>108</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
+        <v>79</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
         <v>109</v>
       </c>
-      <c r="M15" t="s">
-[...2 lines deleted...]
-      <c r="N15" t="s">
+      <c r="P15" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>76</v>
       </c>
       <c r="H16">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>77</v>
+        <v>114</v>
       </c>
       <c r="K16" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="L16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N16" t="s">
-        <v>37</v>
+        <v>117</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2006</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
       <c r="J17" t="s">
+        <v>84</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
         <v>122</v>
       </c>
-      <c r="K17" t="s">
-[...2 lines deleted...]
-      <c r="L17" t="s">
+      <c r="M17" t="s">
+        <v>79</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
         <v>123</v>
       </c>
-      <c r="M17" t="s">
-[...5 lines deleted...]
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
         <v>126</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="H18">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>35</v>
+        <v>129</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M18" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N18" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="I19">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="J19" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M19" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N19" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2007</v>
       </c>
       <c r="I20">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J20" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
       <c r="M20" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N20" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D21" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G21" t="s">
-        <v>121</v>
+        <v>8</v>
       </c>
       <c r="H21">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="I21">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J21" t="s">
-        <v>35</v>
+        <v>147</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N21" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B22" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C22" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="J22" t="s">
-        <v>151</v>
+        <v>46</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>152</v>
       </c>
       <c r="M22" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N22" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>153</v>
       </c>
       <c r="P22" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>155</v>
       </c>
       <c r="B23" t="s">
         <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
         <v>157</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I23">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J23" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M23" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N23" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="J24" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M24" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N24" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>52</v>
+        <v>170</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
       <c r="J25" t="s">
-        <v>122</v>
+        <v>46</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N25" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H26">
         <v>2023</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M26" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N26" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B27" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="D27" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H27">
         <v>2023</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
       <c r="M27" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="N27" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="P27" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>128</v>
+        <v>56</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="H28">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I28">
         <v>2023</v>
       </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>183</v>
+        <v>26</v>
       </c>
       <c r="N28" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="P28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>52</v>
+        <v>135</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29">
         <v>2023</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="N29" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="P29" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B30" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>191</v>
+        <v>60</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="H30">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="N30" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B31" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>94</v>
+        <v>198</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31">
         <v>2024</v>
       </c>
-      <c r="I31">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="N31" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="P31" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B32" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C32" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>198</v>
+        <v>101</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-      <c r="I32"/>
+        <v>22</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32">
+        <v>2024</v>
+      </c>
       <c r="J32" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="N32" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="P32" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B33" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="E33" t="s">
-        <v>203</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H33"/>
+        <v>128</v>
+      </c>
+      <c r="H33">
+        <v>2025</v>
+      </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>204</v>
+        <v>114</v>
       </c>
       <c r="K33" t="s">
-        <v>205</v>
+        <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
+        <v>190</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>206</v>
       </c>
-      <c r="N33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P33" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" t="s">
         <v>210</v>
       </c>
-      <c r="B34" t="s">
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
         <v>211</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="K34" t="s">
         <v>212</v>
       </c>
-      <c r="E34" t="s">
-[...14 lines deleted...]
-      <c r="J34" t="s">
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>213</v>
       </c>
-      <c r="K34" t="s">
-[...2 lines deleted...]
-      <c r="L34" t="s">
+      <c r="N34" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="O34" t="s">
         <v>215</v>
       </c>
       <c r="P34" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>217</v>
       </c>
       <c r="B35" t="s">
         <v>218</v>
       </c>
       <c r="C35" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>219</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>220</v>
       </c>
       <c r="M35" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="N35" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>221</v>
       </c>
       <c r="P35" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>223</v>
       </c>
       <c r="B36" t="s">
         <v>224</v>
       </c>
       <c r="C36" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>121</v>
+        <v>225</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M36" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="N36" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C37" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M37" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="N37" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P37" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C38" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>76</v>
+        <v>238</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="M38" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="N38" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="P38" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B39" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C39" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N39" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P39" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B40" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C40" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40">
         <v>2018</v>
       </c>
       <c r="J40" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="M40" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P40" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C41" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="G41" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2016</v>
       </c>
       <c r="J41" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="M41" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="P41" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B42" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C42" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D42" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E42" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F42" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M42" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N42" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="P42" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B43" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C43" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D43" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E43" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F43" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K43" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L43" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M43" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N43" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P43" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B44" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C44" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D44" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E44" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F44" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G44" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="M44" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N44" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P44" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B45" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C45" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D45" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E45" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F45" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M45" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N45" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="P45" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B46" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C46" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D46" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="E46" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F46" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G46" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H46">
         <v>2014</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M46" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N46" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="P46" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B47" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C47" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D47" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="E47" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="M47" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N47" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="O47" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="P47" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B48" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C48" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D48" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E48" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F48" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48">
         <v>2016</v>
       </c>
       <c r="J48" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K48" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L48" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M48" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N48" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="P48" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B49" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C49" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D49" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E49" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F49" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H49">
         <v>2018</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="M49" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N49" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="P49" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B50" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C50" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D50" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E50" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F50" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H50">
         <v>2019</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="M50" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N50" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P50" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B51" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C51" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D51" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="E51" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F51" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H51">
         <v>2019</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K51" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="L51" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M51" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N51" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="O51" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="P51" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B52" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C52" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D52" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="E52" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F52" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2020</v>
       </c>
       <c r="I52">
         <v>2023</v>
       </c>
       <c r="J52" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="M52" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N52" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="P52" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B53" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C53" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D53" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="E53" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F53" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H53">
         <v>2020</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="M53" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N53" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="P53" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B54" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C54" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D54" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E54" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F54" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M54" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N54" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P54" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B55" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C55" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D55" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E55" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F55" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="M55" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N55" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="O55" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="P55" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B56" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C56" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D56" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E56" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F56" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="M56" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N56" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="P56" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B57" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C57" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D57" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E57" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F57" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H57">
         <v>2024</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K57" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="L57" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="M57" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N57" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="O57" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P57" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B58" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C58" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D58" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E58" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H58">
         <v>2024</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M58" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="N58" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="P58" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B59" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C59" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D59" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="E59" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F59" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H59">
         <v>2024</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="M59" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N59" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="P59" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B60" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C60" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D60" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="E60" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F60" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H60">
         <v>2010</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M60" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N60" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="P60" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B61" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C61" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D61" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E61" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F61" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2008</v>
       </c>
       <c r="I61">
         <v>2019</v>
       </c>
       <c r="J61" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="M61" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N61" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="P61" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B62" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C62" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D62" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="E62" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F62" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H62">
         <v>2014</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K62" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="L62" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="M62" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N62" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="P62" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B63" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C63" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D63" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="E63" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F63" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="M63" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N63" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="P63" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B64" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C64" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D64" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="E64" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F64" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="H64">
         <v>2025</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M64" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N64" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="P64" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B65" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C65" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D65" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E65" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F65" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G65" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2011</v>
       </c>
       <c r="I65">
         <v>2017</v>
       </c>
       <c r="J65" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="K65" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="N65" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="O65" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="P65" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">