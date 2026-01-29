--- v0 (2025-11-14)
+++ v1 (2026-01-29)
@@ -62,123 +62,123 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
-[...41 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
+  </si>
+  <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -581,104 +581,102 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>