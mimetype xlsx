--- v0 (2025-11-10)
+++ v1 (2026-01-20)
@@ -128,149 +128,149 @@
   <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
     <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...35 lines deleted...]
-  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -597,51 +597,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="430.466" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -773,136 +773,136 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
         <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>51</v>
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>56</v>
       </c>
       <c r="G6" t="s">
         <v>57</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>59</v>