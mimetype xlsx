--- v0 (2025-11-26)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -147,124 +147,127 @@
   <si>
     <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
 (a) one door or two door;
 (b) can be connected to main power; and
 (c) within the scope of MS IEC 62552-1:2016 or equivalent standard
 IEC 62552-1:2015</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
     <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
@@ -867,322 +870,322 @@
       </c>
       <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>44</v>
       </c>
       <c r="D5" t="s">
         <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H6">
         <v>2025</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>47</v>
       </c>
       <c r="M6" t="s">
         <v>48</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
         <v>58</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>48</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>63</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M8" t="s">
         <v>48</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H9">
         <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>33</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H10">
         <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">