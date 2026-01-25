--- v0 (2025-12-01)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -124,75 +124,78 @@
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 22 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...22 lines deleted...]
-    <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -705,76 +708,76 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>42</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2019</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">