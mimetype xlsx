--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
     <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>