--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -116,80 +116,80 @@
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>