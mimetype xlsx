--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -1035,51 +1035,53 @@
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>57</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
-      <c r="H6"/>
+      <c r="H6">
+        <v>2024</v>
+      </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>52</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>59</v>
       </c>
       <c r="P6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>