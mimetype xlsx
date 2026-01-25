--- v0 (2025-11-08)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -161,69 +161,72 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
     <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
@@ -874,316 +877,316 @@
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>47</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2017</v>
       </c>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">